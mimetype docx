--- v0 (2025-10-03)
+++ v1 (2025-11-21)
@@ -1,14512 +1,8241 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="618FA107" w14:textId="77777777" w:rsidR="008239F1" w:rsidRPr="00A16C0F" w:rsidRDefault="00A16C0F" w:rsidP="00A16C0F">
-      <w:pPr>
+    <w:p w14:paraId="1B294FAF" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A16C0F">
+      <w:r>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t>CONFIDENTIAL</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5E218626" w14:textId="23F40CB7" w:rsidR="00A16C0F" w:rsidRDefault="0068538D" w:rsidP="00A16C0F">
+        <w:t>Confidential</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AE2B901" w14:textId="77777777" w:rsidR="00E04DD9" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Support Staff Application Form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E01955" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007B471C">
         <w:rPr>
-          <w:noProof/>
-          <w:lang w:eastAsia="en-GB"/>
+          <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
-        <w:drawing>
-[...125 lines deleted...]
-    <w:p w14:paraId="3E901A99" w14:textId="770B8288" w:rsidR="00A16C0F" w:rsidRDefault="00A16C0F" w:rsidP="00A16C0F">
+        <w:t>(Before completing this form, please read the Notes to Applicants)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E388DAC" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A16C0F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Safeguarding Statement:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39593AEC" w14:textId="47770BC0" w:rsidR="00A16C0F" w:rsidRDefault="00A16C0F" w:rsidP="008750D7">
+    <w:p w14:paraId="3A9FD760" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A92554">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>We are committed to safeguarding and promoting the welfare of children and young people and expect all staff and volunteers to share this commitment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D0AA449" w14:textId="77777777" w:rsidR="009E1FE7" w:rsidRPr="00A92554" w:rsidRDefault="009E1FE7" w:rsidP="008750D7">
+    <w:p w14:paraId="21165A30" w14:textId="77777777" w:rsidR="007B471C" w:rsidRPr="00A92554" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F363352" w14:textId="77777777" w:rsidR="00A16C0F" w:rsidRDefault="00A16C0F" w:rsidP="00A16C0F">
+    <w:p w14:paraId="718EB4E2" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:r>
         <w:t xml:space="preserve">Name of Candidate: </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="4D5BA47C" w14:textId="3630EF86" w:rsidR="00613974" w:rsidRDefault="008750D7" w:rsidP="00A16C0F">
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1471942168"/>
+          <w:placeholder>
+            <w:docPart w:val="FCB6248B87B04BD2976F39139C08FD0C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="0ABE2CF4" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...36 lines deleted...]
-    <w:p w14:paraId="4FC1FEC4" w14:textId="25625974" w:rsidR="00A16C0F" w:rsidRDefault="00A16C0F" w:rsidP="00A16C0F">
+    </w:p>
+    <w:p w14:paraId="3CCF4104" w14:textId="77777777" w:rsidR="007B471C" w:rsidRPr="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:rPr>
-          <w:b/>
+          <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007B471C">
         <w:rPr>
-          <w:b/>
+          <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t>TO BE USED FOR THE FOLLOWING POSITIONS ONLY:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="490E8F1B" w14:textId="42A2F3B2" w:rsidR="00783A18" w:rsidRDefault="00783A18" w:rsidP="00A16C0F">
+    <w:p w14:paraId="75FE0F04" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:r>
         <w:t>Teaching Assistants</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63306FBA" w14:textId="086FAADD" w:rsidR="00783A18" w:rsidRDefault="00783A18" w:rsidP="00A16C0F">
+    <w:p w14:paraId="2E93011E" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:r>
         <w:t>Welfare Assistant / Classroom Assistant (temporary or permanent)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EFA8CCB" w14:textId="05E2430E" w:rsidR="00783A18" w:rsidRDefault="00783A18" w:rsidP="00A16C0F">
+    <w:p w14:paraId="589EAEB1" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:r>
         <w:t>Support Staff Member</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="172FF124" w14:textId="006BCBA2" w:rsidR="00783A18" w:rsidRDefault="00783A18" w:rsidP="00A16C0F">
+    <w:p w14:paraId="5AA0B17D" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:r>
         <w:t>Nursery Employee</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="426FC2C5" w14:textId="06560CA1" w:rsidR="002E413E" w:rsidRDefault="002E413E" w:rsidP="00A16C0F">
+    <w:p w14:paraId="61C5E58B" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:r>
         <w:t>School Business Manager</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DEB1FF7" w14:textId="7D05624F" w:rsidR="002E413E" w:rsidRDefault="002E413E" w:rsidP="00A16C0F">
+    <w:p w14:paraId="0003FD3C" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:r>
         <w:t>Early Years Practitioner</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="529964EA" w14:textId="77777777" w:rsidR="009E1FE7" w:rsidRPr="00783A18" w:rsidRDefault="009E1FE7" w:rsidP="00A16C0F"/>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="3416A450" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63AA6FC5" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C8ED703" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EDB423E" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C89082F" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="200BCDBD" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FE09D41" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66FDBF65" w14:textId="77777777" w:rsidR="007B471C" w:rsidRPr="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="007B471C">
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
-      </w:pPr>
-[...102 lines deleted...]
-        </w:rPr>
+        <w:t>PLEASE COMPLETE ALL SECTIONS OF THIS APPLICATION FORM FULLY BEFORE RETURNING IT IF ALL SECTIONS ARE NOT COMPLETED YOUR APPLICATION MAY NOT BE PROCESSED.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FA47E67" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="549200CB" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="006219F3">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>DETAILS OF ROLE APPLIED FOR</w:t>
       </w:r>
-      <w:r w:rsidR="006219F3">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B6B5861" w14:textId="77777777" w:rsidR="00613974" w:rsidRDefault="00BF3AC1" w:rsidP="00BF3AC1">
-[...76 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="0035619D" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Application for the position of: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1545711741"/>
+          <w:placeholder>
+            <w:docPart w:val="525B6A3E4C574BCE85F47FE3D3707593"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="1AEE6CCC" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47D0A0C2" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Full Time </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1801446466"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008750D7">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">  Part Time  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1691758495"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008750D7">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="008750D7">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:t xml:space="preserve">  Job Share </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1885552243"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008750D7">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2301D847" w14:textId="77777777" w:rsidR="00B45A58" w:rsidRDefault="00B45A58" w:rsidP="00BF3AC1">
-[...64 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="29B401C1" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79B40354" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">At:  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1921599346"/>
+          <w:placeholder>
+            <w:docPart w:val="525B6A3E4C574BCE85F47FE3D3707593"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r>
         <w:tab/>
         <w:t>School / Academy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A665BBC" w14:textId="77777777" w:rsidR="00BF3AC1" w:rsidRDefault="00BF3AC1" w:rsidP="00BF3AC1">
-[...15 lines deleted...]
-    <w:p w14:paraId="16182FF3" w14:textId="77777777" w:rsidR="00B45A58" w:rsidRDefault="00BF3AC1" w:rsidP="00BF3AC1">
+    <w:p w14:paraId="09F0B2E4" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="720B9497" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>At which the:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="415054CC" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Governing Body </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="2007713352"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00B45A58">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38F44908" w14:textId="77777777" w:rsidR="00B45A58" w:rsidRDefault="00BF3AC1" w:rsidP="00BF3AC1">
+    <w:p w14:paraId="41D1FE56" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Academy Trust Company </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-2056927695"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00B45A58">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EA283E3" w14:textId="77777777" w:rsidR="00B45A58" w:rsidRDefault="00BF3AC1" w:rsidP="00BF3AC1">
+    <w:p w14:paraId="3016F61F" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Multi-Academy Trust Company </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1651358326"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00B45A58">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BAA55FD" w14:textId="77777777" w:rsidR="00BF3AC1" w:rsidRDefault="00BF3AC1" w:rsidP="00BF3AC1">
+    <w:p w14:paraId="7BECC4AC" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>is the employer of staff.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B17911" w14:textId="77777777" w:rsidR="00BF3AC1" w:rsidRDefault="00BF3AC1" w:rsidP="00BF3AC1">
-[...4 lines deleted...]
-    <w:p w14:paraId="537E56D1" w14:textId="77777777" w:rsidR="00BF3AC1" w:rsidRDefault="00BF3AC1" w:rsidP="00BF3AC1">
+    <w:p w14:paraId="4541EA47" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CC57FEF" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>In the Local Authority of:</w:t>
       </w:r>
-      <w:r w:rsidR="006219F3">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
-[...56 lines deleted...]
-    <w:p w14:paraId="09D0CD24" w14:textId="77777777" w:rsidR="006219F3" w:rsidRDefault="006219F3" w:rsidP="00BF3AC1">
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="953442486"/>
+          <w:placeholder>
+            <w:docPart w:val="525B6A3E4C574BCE85F47FE3D3707593"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="0FC9BB02" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="491804A2" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>In the Archdiocese / Diocese of:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
-[...58 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="742522084"/>
+          <w:placeholder>
+            <w:docPart w:val="525B6A3E4C574BCE85F47FE3D3707593"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="39768A93" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13AF0D6F" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
         <w:t>Please state where you first learned of this vacancy:</w:t>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
-[...56 lines deleted...]
-    <w:p w14:paraId="09A72324" w14:textId="77777777" w:rsidR="006219F3" w:rsidRDefault="006219F3">
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1365097650"/>
+          <w:placeholder>
+            <w:docPart w:val="525B6A3E4C574BCE85F47FE3D3707593"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="3DA3219C" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BFBCCDB" w14:textId="77777777" w:rsidR="006219F3" w:rsidRDefault="006219F3" w:rsidP="00BF3AC1">
-[...6 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="364D1FAF" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="006219F3">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Personal Details</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35EED0EA" w14:textId="77777777" w:rsidR="006219F3" w:rsidRDefault="00DD2D13" w:rsidP="00BF3AC1">
+    <w:p w14:paraId="47C55763" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Title:</w:t>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
-[...49 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="701748786"/>
+          <w:placeholder>
+            <w:docPart w:val="835AE7BD76094241813F03C2F5B749C9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D17574" w14:textId="77777777" w:rsidR="00DD2D13" w:rsidRDefault="00DD2D13" w:rsidP="00BF3AC1">
-[...4 lines deleted...]
-    <w:p w14:paraId="6F93B1D0" w14:textId="77777777" w:rsidR="00DD2D13" w:rsidRDefault="00DD2D13" w:rsidP="00BF3AC1">
+    <w:p w14:paraId="78B6507F" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Surname:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
-[...56 lines deleted...]
-    <w:p w14:paraId="3AA29B51" w14:textId="77777777" w:rsidR="00DD2D13" w:rsidRDefault="00DD2D13" w:rsidP="00BF3AC1">
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1514136660"/>
+          <w:placeholder>
+            <w:docPart w:val="835AE7BD76094241813F03C2F5B749C9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="053B08AF" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>First Name(s):</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
-[...56 lines deleted...]
-    <w:p w14:paraId="6083A486" w14:textId="1BD92D13" w:rsidR="00DD2D13" w:rsidRDefault="00DD2D13" w:rsidP="00BF3AC1">
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1638329226"/>
+          <w:placeholder>
+            <w:docPart w:val="835AE7BD76094241813F03C2F5B749C9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="44C8CE75" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66A530C6" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Known as (if applicable):</w:t>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
-[...62 lines deleted...]
-      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1818109198"/>
+          <w:placeholder>
+            <w:docPart w:val="835AE7BD76094241813F03C2F5B749C9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="6A4D06B3" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2806FB03" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Previous Name (if applicable): </w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:fldChar w:fldCharType="begin">
-[...53 lines deleted...]
-    <w:p w14:paraId="30C06D1D" w14:textId="77777777" w:rsidR="00DD2D13" w:rsidRDefault="00DD2D13" w:rsidP="00BF3AC1">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1654515086"/>
+          <w:placeholder>
+            <w:docPart w:val="835AE7BD76094241813F03C2F5B749C9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="2ED870D7" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="406DBE46" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Religious Denomination / Faith:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
-[...56 lines deleted...]
-    <w:p w14:paraId="26AE668F" w14:textId="77777777" w:rsidR="00DD2D13" w:rsidRDefault="00DD2D13" w:rsidP="00BF3AC1">
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-267623890"/>
+          <w:placeholder>
+            <w:docPart w:val="835AE7BD76094241813F03C2F5B749C9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="4D2958EC" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4645393D" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Address:</w:t>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
-[...49 lines deleted...]
-      <w:bookmarkEnd w:id="11"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1514498494"/>
+          <w:placeholder>
+            <w:docPart w:val="835AE7BD76094241813F03C2F5B749C9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BA14D53" w14:textId="77777777" w:rsidR="00B45A58" w:rsidRDefault="00B45A58" w:rsidP="00BF3AC1">
-[...15 lines deleted...]
-    <w:p w14:paraId="542851A2" w14:textId="6CDFE842" w:rsidR="00BA20DC" w:rsidRDefault="00BA20DC" w:rsidP="00BF3AC1">
+    <w:p w14:paraId="68B1BB64" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="056ECA31" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Telephone Numbers:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="064F6BA2" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Home:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
-[...49 lines deleted...]
-      <w:bookmarkEnd w:id="12"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-747343761"/>
+          <w:placeholder>
+            <w:docPart w:val="835AE7BD76094241813F03C2F5B749C9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29D08DEB" w14:textId="77777777" w:rsidR="00BA20DC" w:rsidRDefault="00BA20DC" w:rsidP="00BF3AC1">
-[...4 lines deleted...]
-    <w:p w14:paraId="1A11B785" w14:textId="3C77CB7F" w:rsidR="00BA20DC" w:rsidRDefault="00BA20DC" w:rsidP="00BF3AC1">
+    <w:p w14:paraId="2FE0D150" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Mobile:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
-[...49 lines deleted...]
-      <w:bookmarkEnd w:id="13"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1356268925"/>
+          <w:placeholder>
+            <w:docPart w:val="835AE7BD76094241813F03C2F5B749C9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34BA38AB" w14:textId="77777777" w:rsidR="00BA20DC" w:rsidRDefault="00BA20DC" w:rsidP="00BF3AC1">
-[...4 lines deleted...]
-    <w:p w14:paraId="671CB94F" w14:textId="77777777" w:rsidR="00BA20DC" w:rsidRDefault="00BA20DC" w:rsidP="00BF3AC1">
+    <w:p w14:paraId="5ECAAB06" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="200FF187" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Email Address:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
-[...56 lines deleted...]
-    <w:p w14:paraId="367472B2" w14:textId="77777777" w:rsidR="00BA20DC" w:rsidRDefault="00BA20DC" w:rsidP="00BF3AC1">
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1313366742"/>
+          <w:placeholder>
+            <w:docPart w:val="835AE7BD76094241813F03C2F5B749C9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="1EB1948C" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D9C83CC" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">How do you prefer to be contacted? </w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Phone</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Phone </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="263186115"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00B45A58">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
-        <w:t xml:space="preserve"> Email </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Email  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="803046867"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00B45A58">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="757615EB" w14:textId="77777777" w:rsidR="004A1497" w:rsidRDefault="004A1497" w:rsidP="00BF3AC1">
-[...12 lines deleted...]
-    <w:p w14:paraId="1D030188" w14:textId="77777777" w:rsidR="00636C6D" w:rsidRDefault="00636C6D" w:rsidP="00BF3AC1">
+    <w:p w14:paraId="1878E0C9" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="705430EB" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If you are a qualified teacher, please complete the following section, if you are not, please proceed to the next section:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E5A686" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">DfE Teacher Reference Number: </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-    <w:p w14:paraId="175E7675" w14:textId="77777777" w:rsidR="00636C6D" w:rsidRDefault="00636C6D">
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-2019461299"/>
+          <w:placeholder>
+            <w:docPart w:val="598F3CFC2BFE4D0EBD2A15986E5548A8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="4D3245F6" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:r>
         <w:t xml:space="preserve">Do you have Qualified Teacher Status? Yes </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="869955924"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve">  No </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-264156282"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="1DF314E3" w14:textId="77777777" w:rsidR="00636C6D" w:rsidRDefault="00636C6D">
+    <w:p w14:paraId="1CB2BBB2" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:r>
         <w:t xml:space="preserve">QTS Certificate Number: </w:t>
       </w:r>
-      <w:r>
-[...54 lines deleted...]
-        <w:tab/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1147708278"/>
+          <w:placeholder>
+            <w:docPart w:val="598F3CFC2BFE4D0EBD2A15986E5548A8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="0FD76087" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:r>
         <w:t xml:space="preserve">Date of qualification as a teacher: </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-    <w:p w14:paraId="11750CA7" w14:textId="77777777" w:rsidR="00BA20DC" w:rsidRDefault="00636C6D">
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1764291797"/>
+          <w:placeholder>
+            <w:docPart w:val="598F3CFC2BFE4D0EBD2A15986E5548A8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="549ECBBF" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Education Workforce Council (Wales only) or other Membership Number: </w:t>
       </w:r>
-      <w:r>
-[...50 lines deleted...]
-      <w:r w:rsidR="00BA20DC">
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1341352981"/>
+          <w:placeholder>
+            <w:docPart w:val="598F3CFC2BFE4D0EBD2A15986E5548A8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="6AFB3AC5" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C">
+      <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52732162" w14:textId="77777777" w:rsidR="00BA20DC" w:rsidRDefault="00BA20DC" w:rsidP="00BA20DC">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="430A9658" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Details of Present Employment:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D487B7" w14:textId="77777777" w:rsidR="00BA20DC" w:rsidRDefault="00BA20DC" w:rsidP="00BA20DC">
+    <w:p w14:paraId="083694B3" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Are you presently employed:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Yes</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Yes </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1458376090"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00B45A58">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">  No </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="169451032"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00B45A58">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65674C86" w14:textId="77777777" w:rsidR="00BA20DC" w:rsidRPr="00BA20DC" w:rsidRDefault="00BA20DC" w:rsidP="00BA20DC">
+    <w:p w14:paraId="30F34BA1" w14:textId="77777777" w:rsidR="007B471C" w:rsidRPr="00BA20DC" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>If no, please proceed to the next section.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46EF90BD" w14:textId="77777777" w:rsidR="00BA20DC" w:rsidRDefault="00BA20DC" w:rsidP="00BA20DC">
-[...4 lines deleted...]
-    <w:p w14:paraId="6F907740" w14:textId="77777777" w:rsidR="00BA20DC" w:rsidRDefault="00BA20DC" w:rsidP="00BA20DC">
+    <w:p w14:paraId="00A92699" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="743A7D84" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Details of present post:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B45A58">
-[...16 lines deleted...]
-      <w:r w:rsidR="00B45A58">
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1575044717"/>
+          <w:placeholder>
+            <w:docPart w:val="FAF6DB3669C649F6B9DC7B2DAF2856AB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="02EE2B2B" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05FAB32B" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Role:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1729758890"/>
+          <w:placeholder>
+            <w:docPart w:val="FAF6DB3669C649F6B9DC7B2DAF2856AB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="7DB821FB" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BFC9536" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Name of employer:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1549261262"/>
+          <w:placeholder>
+            <w:docPart w:val="FAF6DB3669C649F6B9DC7B2DAF2856AB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="43F4E6B3" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25432FB4" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Name of school / Academy </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1148330163"/>
+          <w:placeholder>
+            <w:docPart w:val="FAF6DB3669C649F6B9DC7B2DAF2856AB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="1D89DB98" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(if applicable):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CBA0978" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Address:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1755788843"/>
+          <w:placeholder>
+            <w:docPart w:val="FAF6DB3669C649F6B9DC7B2DAF2856AB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="180A23BA" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="580955F5" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79338B77" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Telephone Number:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-870148156"/>
+          <w:placeholder>
+            <w:docPart w:val="FAF6DB3669C649F6B9DC7B2DAF2856AB"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:sdt>
+            <w:sdtPr>
+              <w:id w:val="-1766293386"/>
+              <w:placeholder>
+                <w:docPart w:val="FAF6DB3669C649F6B9DC7B2DAF2856AB"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:r w:rsidRPr="00545EDB">
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+                <w:t>Click or tap here to enter text.</w:t>
+              </w:r>
+            </w:sdtContent>
+          </w:sdt>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="497A50E9" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="747EDE12" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Local Authority </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B471C">
         <w:rPr>
-          <w:noProof/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B45A58">
+        <w:t>(if applicable)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-364134748"/>
+          <w:placeholder>
+            <w:docPart w:val="FAF6DB3669C649F6B9DC7B2DAF2856AB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="421A5A2A" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0801E064" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Archdiocese / Diocese </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B471C">
         <w:rPr>
-          <w:noProof/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t> </w:t>
-[...34 lines deleted...]
-        <w:t>Role:</w:t>
+        <w:t>(if applicable)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BF1682">
-[...564 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="505870118"/>
+          <w:placeholder>
+            <w:docPart w:val="FAF6DB3669C649F6B9DC7B2DAF2856AB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="4B0A1BB8" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DD62EF2" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Permanent  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1161735844"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00BF1682">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00BF1682">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:t xml:space="preserve">      Temporary  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="451987404"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00BF1682">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0D02E4CC" w14:textId="77777777" w:rsidR="00AD17A2" w:rsidRDefault="00AD17A2" w:rsidP="00BA20DC">
-[...12 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+    <w:p w14:paraId="7CD3D03A" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Full time  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1228344137"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00BF1682">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00BF1682">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">   </w:t>
+      <w:r>
+        <w:t xml:space="preserve">     Part time   </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1288549324"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00BF1682">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00BF1682">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">ob share </w:t>
+      <w:r>
+        <w:t xml:space="preserve">    Job share </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="235666059"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00BF1682">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="7C6FA1F1" w14:textId="4B69073D" w:rsidR="00B2283D" w:rsidRDefault="00FE11E1" w:rsidP="00FE11E1">
+    <w:p w14:paraId="64E84ADD" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E8CDBA0" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Description of key duties / responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-914240052"/>
+        <w:placeholder>
+          <w:docPart w:val="FCB6248B87B04BD2976F39139C08FD0C"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+        <w:text w:multiLine="1"/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="3CD24CB6" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+          <w:pPr>
+            <w:jc w:val="both"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="6AD5B5CF" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C"/>
+    <w:p w14:paraId="23ACC248" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:r>
+        <w:t>Date of appointment:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1744942872"/>
+          <w:placeholder>
+            <w:docPart w:val="574837CC484C4AE7886056698DA09FCF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="en-GB"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="35A61634" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FAE9EC2" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Description of key duties / responsibilities:</w:t>
-[...59 lines deleted...]
-        <w:t>Date of appointment:</w:t>
+        <w:t>Notice required:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BF1682">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BF1682">
-[...62 lines deleted...]
-      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="153960275"/>
+          <w:placeholder>
+            <w:docPart w:val="FCB6248B87B04BD2976F39139C08FD0C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="290D5876" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0007747F" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If notice already given, date it is due to expire: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1903208138"/>
+          <w:placeholder>
+            <w:docPart w:val="574837CC484C4AE7886056698DA09FCF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="en-GB"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BF1682">
+    </w:p>
+    <w:p w14:paraId="390CE682" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EF3CFD0" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Reason for leaving:</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BF1682">
-[...63 lines deleted...]
-      <w:r w:rsidR="00BF1682">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BF1682">
-[...212 lines deleted...]
-    <w:p w14:paraId="6F8AFA44" w14:textId="77777777" w:rsidR="00AD17A2" w:rsidRDefault="00AD17A2">
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="862634207"/>
+          <w:placeholder>
+            <w:docPart w:val="FCB6248B87B04BD2976F39139C08FD0C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="2A7823B9" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DFF3CC8" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Gross annual salary (include details of salary scale and spine point if applicable): </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1282531073"/>
+          <w:placeholder>
+            <w:docPart w:val="FCB6248B87B04BD2976F39139C08FD0C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="23CBB6ED" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C">
       <w:r>
         <w:br w:type="page"/>
-      </w:r>
-[...50 lines deleted...]
-        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="GridTable4-Accent1"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:horzAnchor="margin" w:tblpY="1035"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2719"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2071"/>
+        <w:gridCol w:w="2263"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1192"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA2763" w14:paraId="2B8384D9" w14:textId="77777777" w:rsidTr="00EA2763">
+      <w:tr w:rsidR="004C322A" w14:paraId="529C3429" w14:textId="77777777" w:rsidTr="004C322A">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="983"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2719" w:type="dxa"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="08B44DB1" w14:textId="1C76D9A3" w:rsidR="00EA2763" w:rsidRPr="00AD17A2" w:rsidRDefault="00EA2763" w:rsidP="00AD17A2">
+          <w:p w14:paraId="593555A6" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00AD17A2" w:rsidRDefault="004C322A" w:rsidP="004C322A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Employer’s name, address and nature of business</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="942" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="08152AD6" w14:textId="155572C4" w:rsidR="00EA2763" w:rsidRPr="008B23CC" w:rsidRDefault="00EA2763" w:rsidP="002D54AA">
+          <w:p w14:paraId="6E2399F1" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="008B23CC" w:rsidRDefault="004C322A" w:rsidP="004C322A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Full or part time</w:t>
             </w:r>
-          </w:p>
-[...38 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1598" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="42F3C75D" w14:textId="7F74609A" w:rsidR="00EA2763" w:rsidRPr="002D54AA" w:rsidRDefault="00EA2763" w:rsidP="002D54AA">
+          <w:p w14:paraId="66D5AE2E" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="002D54AA" w:rsidRDefault="004C322A" w:rsidP="004C322A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Job title and brief description of duties and responsibilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1D34039E" w14:textId="77777777" w:rsidR="00EA2763" w:rsidRPr="002D54AA" w:rsidRDefault="00EA2763" w:rsidP="002D54AA">
+          <w:p w14:paraId="2E880FD3" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="002D54AA" w:rsidRDefault="004C322A" w:rsidP="004C322A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D54AA">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Dates employed month / year</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F7B8D27" w14:textId="77777777" w:rsidR="00EA2763" w:rsidRDefault="00EA2763" w:rsidP="002D54AA">
+          <w:p w14:paraId="34D3E7D2" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002D54AA">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>(from – to)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2071" w:type="dxa"/>
+            <w:tcW w:w="1192" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="71E2F951" w14:textId="77777777" w:rsidR="00EA2763" w:rsidRPr="002D54AA" w:rsidRDefault="00EA2763" w:rsidP="002D54AA">
+          <w:p w14:paraId="407138C8" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="002D54AA" w:rsidRDefault="004C322A" w:rsidP="004C322A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D54AA">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Reason for leaving</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2763" w14:paraId="2EB39A4F" w14:textId="77777777" w:rsidTr="00EA2763">
-[...329 lines deleted...]
-        </w:tc>
+      <w:tr w:rsidR="004C322A" w14:paraId="6D0A3292" w14:textId="77777777" w:rsidTr="004C322A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1451"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="820006821"/>
+            <w:placeholder>
+              <w:docPart w:val="FF57DEC5ACE7419B9E53CED48A223B39"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2263" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="4D89EB20" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="2009942277"/>
+            <w:placeholder>
+              <w:docPart w:val="3B0C65B8C1A2453392BE8A4335A27C3E"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1134" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="3F0E097C" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1057281485"/>
+            <w:placeholder>
+              <w:docPart w:val="21E5A892F744467A9F4B1A8FD61661A4"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2977" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="188EB23D" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="585886249"/>
+            <w:placeholder>
+              <w:docPart w:val="7ADB66A49D0B497A9F30BD876FD5544C"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1418" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="35589FFC" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="276379466"/>
+            <w:placeholder>
+              <w:docPart w:val="37D0BD0DA06E4E64B6EDBDC40D13746A"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1192" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="23FE4783" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00EA2763" w:rsidRPr="00851819" w14:paraId="58552587" w14:textId="77777777" w:rsidTr="00EA2763">
-[...319 lines deleted...]
-        </w:tc>
+      <w:tr w:rsidR="004C322A" w:rsidRPr="00851819" w14:paraId="0859376E" w14:textId="77777777" w:rsidTr="004C322A">
+        <w:trPr>
+          <w:trHeight w:val="379"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-244641789"/>
+            <w:placeholder>
+              <w:docPart w:val="6954392D478A4209823DB95B0D59778D"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2263" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="3B42FDE8" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1917695855"/>
+            <w:placeholder>
+              <w:docPart w:val="7FB133A739104872BF82C1D452E9CF76"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1134" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="1413724B" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="712228121"/>
+            <w:placeholder>
+              <w:docPart w:val="8AD48E22AA5F4528864B07AE03C9D235"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2977" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="491465E3" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1056697037"/>
+            <w:placeholder>
+              <w:docPart w:val="96D50D62F91C4AFCB5C240E5F577081D"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1418" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="2E95899C" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1772386121"/>
+            <w:placeholder>
+              <w:docPart w:val="552D27624D61446DAB15C0D1737DE454"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1192" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="39CCFED6" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00EA2763" w:rsidRPr="00851819" w14:paraId="10212A47" w14:textId="77777777" w:rsidTr="00EA2763">
-[...319 lines deleted...]
-        </w:tc>
+      <w:tr w:rsidR="004C322A" w:rsidRPr="00851819" w14:paraId="738D7BD7" w14:textId="77777777" w:rsidTr="004C322A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="362"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1356262672"/>
+            <w:placeholder>
+              <w:docPart w:val="3389A9BAEE414EE084CD3D978536E2FE"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2263" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="61B028B6" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-818342205"/>
+            <w:placeholder>
+              <w:docPart w:val="CCAFB85B537E4F1DA42DE06317260570"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1134" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="3E16BF56" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1975705976"/>
+            <w:placeholder>
+              <w:docPart w:val="FDDF7F066DCA4FE6A04B8D9D2212E813"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2977" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="09B70B54" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="886992224"/>
+            <w:placeholder>
+              <w:docPart w:val="57E5394855E54F5ABF5C0C6A1BBA8760"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1418" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="4E3A5B20" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1184566101"/>
+            <w:placeholder>
+              <w:docPart w:val="3B4A88DD4612444A89AE6484D98CEB87"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1192" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="2FC6AAA6" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00EA2763" w:rsidRPr="00851819" w14:paraId="1521CA83" w14:textId="77777777" w:rsidTr="00EA2763">
-[...319 lines deleted...]
-        </w:tc>
+      <w:tr w:rsidR="004C322A" w:rsidRPr="00851819" w14:paraId="05A9E5FC" w14:textId="77777777" w:rsidTr="004C322A">
+        <w:trPr>
+          <w:trHeight w:val="379"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1362548372"/>
+            <w:placeholder>
+              <w:docPart w:val="4260A82BD46347419B1C1AD94F8C854C"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2263" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="15D4E9A2" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1429389348"/>
+            <w:placeholder>
+              <w:docPart w:val="EF8B07528B894A1BB2488B66E56EDC82"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1134" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="2413AF84" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-2141336237"/>
+            <w:placeholder>
+              <w:docPart w:val="15516F15D0D640D78B17B4CBC77B8653"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2977" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="22410F41" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1136993106"/>
+            <w:placeholder>
+              <w:docPart w:val="D742CF329ABB44EC9B02CD591A8A8247"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1418" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="34F30236" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1321389543"/>
+            <w:placeholder>
+              <w:docPart w:val="07A24DCD06344FC1A28780FAF212EB86"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1192" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="69A8A409" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00EA2763" w:rsidRPr="00851819" w14:paraId="0D55834E" w14:textId="77777777" w:rsidTr="00EA2763">
-[...319 lines deleted...]
-        </w:tc>
+      <w:tr w:rsidR="004C322A" w:rsidRPr="00851819" w14:paraId="021F799F" w14:textId="77777777" w:rsidTr="004C322A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="379"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1510059829"/>
+            <w:placeholder>
+              <w:docPart w:val="5487D93D86234BB79FF5597793275441"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2263" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="61E8998F" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1038661979"/>
+            <w:placeholder>
+              <w:docPart w:val="EFC7F64D3C364053BE966C1CDF264EF7"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1134" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="3357F8D0" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="2001990449"/>
+            <w:placeholder>
+              <w:docPart w:val="9B61DDF86D2D446993A7C5625535D5A7"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2977" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="50F112B0" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-62182215"/>
+            <w:placeholder>
+              <w:docPart w:val="4FB5EA57DCE942B482443B497F8F6DE2"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1418" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="4B66BC95" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="294801743"/>
+            <w:placeholder>
+              <w:docPart w:val="C7672C4286894739B1AE17D0735A2B96"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1192" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="3F5D8761" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00EA2763" w:rsidRPr="00851819" w14:paraId="19C6B5F3" w14:textId="77777777" w:rsidTr="00EA2763">
-[...319 lines deleted...]
-        </w:tc>
+      <w:tr w:rsidR="004C322A" w:rsidRPr="00851819" w14:paraId="47181172" w14:textId="77777777" w:rsidTr="004C322A">
+        <w:trPr>
+          <w:trHeight w:val="362"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1403915669"/>
+            <w:placeholder>
+              <w:docPart w:val="1E872C8797454B3EA028C75E5643C663"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2263" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="0C897306" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1642693193"/>
+            <w:placeholder>
+              <w:docPart w:val="FB12E902258D412193783E998E5E230E"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1134" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="100E71BF" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1724911151"/>
+            <w:placeholder>
+              <w:docPart w:val="7D5EFE1C7C3248EEB1B882F569A6D951"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2977" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="152E5837" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1523976909"/>
+            <w:placeholder>
+              <w:docPart w:val="FF1B058DC81C41DE829B73674C126529"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1418" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="2DFAE42D" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1257745948"/>
+            <w:placeholder>
+              <w:docPart w:val="40FA38A2B938401D8F2CAE9AA89A4FD2"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1192" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="0D10584C" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="773EDBD4" w14:textId="77777777" w:rsidR="00AD17A2" w:rsidRPr="00AD17A2" w:rsidRDefault="00AD17A2" w:rsidP="00AD17A2">
-[...14 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="01621C98" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Employment History:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BEFAAAB" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:r>
+        <w:t xml:space="preserve">Please complete in chronological order, starting with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD17A2">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>most recent</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2473257C" w14:textId="77777777" w:rsidR="007B471C" w:rsidRDefault="007B471C" w:rsidP="007B471C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7071D056" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="009E2D07" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">If there are any periods of time that have not been accounted for in your application, for instance, periods spent raising a family or of extended travel, please give details of them here with dates.  The information provided in this form </w:t>
       </w:r>
-      <w:r w:rsidRPr="002D54AA">
+      <w:r w:rsidRPr="009E2D07">
         <w:rPr>
-          <w:u w:val="single"/>
+          <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">provide a complete chronology from the age of 18.  </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009E2D07">
         <w:rPr>
-          <w:u w:val="single"/>
+          <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Please ensure that there are no gaps in the history of your education, employment and other experience.  Failure to provide a full account may lead to your application being rejected.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2765F001" w14:textId="77777777" w:rsidR="002D54AA" w:rsidRDefault="002D54AA" w:rsidP="00BF3AC1">
-[...6 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="GridTable4-Accent1"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4508"/>
         <w:gridCol w:w="4508"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002D54AA" w14:paraId="5D78EDD0" w14:textId="77777777" w:rsidTr="002D54AA">
+      <w:tr w:rsidR="004C322A" w14:paraId="3F1240C4" w14:textId="77777777" w:rsidTr="000054EF">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CB52ABC" w14:textId="77777777" w:rsidR="002D54AA" w:rsidRPr="002D54AA" w:rsidRDefault="002D54AA" w:rsidP="00BF3AC1">
+          <w:p w14:paraId="595263F8" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="002D54AA" w:rsidRDefault="004C322A" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D54AA">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Dates (from – to)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D353601" w14:textId="77777777" w:rsidR="002D54AA" w:rsidRDefault="002D54AA" w:rsidP="00BF3AC1">
+          <w:p w14:paraId="48D218E7" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="002D54AA" w:rsidRDefault="004C322A" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D54AA">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D6597B0" w14:textId="77777777" w:rsidR="002D54AA" w:rsidRPr="002D54AA" w:rsidRDefault="002D54AA" w:rsidP="00BF3AC1">
-[...6 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D54AA" w:rsidRPr="00851819" w14:paraId="06E51D61" w14:textId="77777777" w:rsidTr="002D54AA">
+      <w:tr w:rsidR="004C322A" w:rsidRPr="00851819" w14:paraId="2868D86B" w14:textId="77777777" w:rsidTr="000054EF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03482B38" w14:textId="77777777" w:rsidR="002D54AA" w:rsidRPr="00851819" w:rsidRDefault="00DB7860" w:rsidP="00BF3AC1">
+          <w:p w14:paraId="3A4B79CB" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="00A31069" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00851819">
-[...74 lines deleted...]
-            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-211502410"/>
+                <w:placeholder>
+                  <w:docPart w:val="BE275957BF484D42BF10FE155EE14FBF"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB1AA75" w14:textId="77777777" w:rsidR="002D54AA" w:rsidRPr="00851819" w:rsidRDefault="00842719" w:rsidP="00BF3AC1">
+          <w:p w14:paraId="7C8C2B5F" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="00A31069" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00851819">
-[...49 lines deleted...]
-            <w:bookmarkEnd w:id="39"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1122952646"/>
+                <w:placeholder>
+                  <w:docPart w:val="1F41EB89D44E48BF98BD297C6452BC98"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D54AA" w:rsidRPr="00851819" w14:paraId="0D6130C9" w14:textId="77777777" w:rsidTr="002D54AA">
+      <w:tr w:rsidR="004C322A" w:rsidRPr="00851819" w14:paraId="14DE1F25" w14:textId="77777777" w:rsidTr="000054EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EA4C1AC" w14:textId="77777777" w:rsidR="002D54AA" w:rsidRPr="00851819" w:rsidRDefault="00842719" w:rsidP="00BF3AC1">
+          <w:p w14:paraId="594352EB" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="00A31069" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00851819">
-[...72 lines deleted...]
-            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1594737745"/>
+                <w:placeholder>
+                  <w:docPart w:val="052F29E5B55649AEA33E20CC71B8439E"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20418A3E" w14:textId="77777777" w:rsidR="002D54AA" w:rsidRPr="00851819" w:rsidRDefault="00842719" w:rsidP="00BF3AC1">
+          <w:p w14:paraId="06D0D73E" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="00A31069" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00851819">
-[...47 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1943570740"/>
+                <w:placeholder>
+                  <w:docPart w:val="2CE9972A13994B6E94ECCE41F7CA35A8"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D54AA" w:rsidRPr="00851819" w14:paraId="18F5CAEC" w14:textId="77777777" w:rsidTr="002D54AA">
+      <w:tr w:rsidR="004C322A" w:rsidRPr="00851819" w14:paraId="6B7D693A" w14:textId="77777777" w:rsidTr="000054EF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="649954B3" w14:textId="77777777" w:rsidR="002D54AA" w:rsidRPr="00851819" w:rsidRDefault="00842719" w:rsidP="00BF3AC1">
+          <w:p w14:paraId="285D9C12" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="00A31069" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00851819">
-[...72 lines deleted...]
-            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1701319628"/>
+                <w:placeholder>
+                  <w:docPart w:val="4D4051D5CC4B4CBCB7484695D69730BD"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1984DBED" w14:textId="77777777" w:rsidR="002D54AA" w:rsidRPr="00851819" w:rsidRDefault="00842719" w:rsidP="00BF3AC1">
+          <w:p w14:paraId="2A3918E9" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00851819" w:rsidRDefault="00A31069" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00851819">
-[...47 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-884415541"/>
+                <w:placeholder>
+                  <w:docPart w:val="7FA0F228657A4E729BD59F1C44CA9E8F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="28767F93" w14:textId="77777777" w:rsidR="002D54AA" w:rsidRDefault="002D54AA" w:rsidP="00BF3AC1">
-[...71 lines deleted...]
-    <w:p w14:paraId="48315D1C" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00CA198A">
+    <w:p w14:paraId="453AB3F5" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If you have ever been ordained and/or been a member of a religious community, please provide details here: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="106173009"/>
+          <w:placeholder>
+            <w:docPart w:val="44BAABC1065F488797CCAA9778CFF1B1"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="78168868" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28CDE7AB" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00CA198A" w:rsidP="00CA198A">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="137BE5C9" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Post-11 education and training:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E3D658E" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00CA198A" w:rsidP="00CA198A">
+    <w:p w14:paraId="132B07FE" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Please complete in chronological order, starting with the </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD17A2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>most recent</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="GridTable4-Accent1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2738"/>
         <w:gridCol w:w="836"/>
         <w:gridCol w:w="1053"/>
         <w:gridCol w:w="1438"/>
         <w:gridCol w:w="1472"/>
         <w:gridCol w:w="1479"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA198A" w14:paraId="3C6D81D4" w14:textId="77777777" w:rsidTr="00CA198A">
+      <w:tr w:rsidR="004C322A" w14:paraId="5D5E3E12" w14:textId="77777777" w:rsidTr="000054EF">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2738" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="146E0202" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRPr="00AD17A2" w:rsidRDefault="00CA198A" w:rsidP="00491FBC">
+          <w:p w14:paraId="74DE690C" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00AD17A2" w:rsidRDefault="004C322A" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD17A2">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Full name and address of </w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>establishment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="836" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5B4FBF4C" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRPr="008B23CC" w:rsidRDefault="00CA198A" w:rsidP="00CA198A">
+          <w:p w14:paraId="1370E008" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="008B23CC" w:rsidRDefault="004C322A" w:rsidP="000054EF">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Full or part time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1053" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1D6AA5C5" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00CA198A" w:rsidP="00491FBC">
+          <w:p w14:paraId="6C4F5152" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Dates attended month / year</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F664445" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRPr="002D54AA" w:rsidRDefault="00CA198A" w:rsidP="00491FBC">
+          <w:p w14:paraId="39EF9C64" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="002D54AA" w:rsidRDefault="004C322A" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>From - to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1438" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3155CC68" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRPr="002D54AA" w:rsidRDefault="00CA198A" w:rsidP="00491FBC">
+          <w:p w14:paraId="384F8DDB" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="002D54AA" w:rsidRDefault="004C322A" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Date of award</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="438F743E" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00CA198A" w:rsidP="00491FBC">
+          <w:p w14:paraId="5F01E91E" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Awarding body and registration number (if known)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1479" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="716B4CC8" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRPr="002D54AA" w:rsidRDefault="00CA198A" w:rsidP="00491FBC">
+          <w:p w14:paraId="67590694" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="002D54AA" w:rsidRDefault="004C322A" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Award and classification</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="501A6E84" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00CA198A"/>
-    <w:p w14:paraId="5A2F92C3" w14:textId="28E1F37E" w:rsidR="00CA198A" w:rsidRPr="00CA198A" w:rsidRDefault="00CA198A">
+    <w:p w14:paraId="03801E5F" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00F27730" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:rPr>
-          <w:b/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA198A">
+      <w:r w:rsidRPr="00F27730">
         <w:rPr>
-          <w:b/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>Post-Graduate Qualifications</w:t>
       </w:r>
-      <w:r w:rsidR="00B2283D">
+      <w:r>
         <w:rPr>
-          <w:b/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (please state if you hold the Catholic Certificate of Religious Studies (or equivalent))</w:t>
+        <w:t xml:space="preserve"> (please state if you hold the Catholic Certificate of Religious Studies or equivalent) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="GridTable4-Accent1"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2738"/>
         <w:gridCol w:w="836"/>
         <w:gridCol w:w="1053"/>
         <w:gridCol w:w="1438"/>
         <w:gridCol w:w="1472"/>
         <w:gridCol w:w="1479"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA198A" w14:paraId="47DE4E02" w14:textId="77777777" w:rsidTr="00CA198A">
+      <w:tr w:rsidR="004C322A" w14:paraId="4C69B20F" w14:textId="77777777" w:rsidTr="000054EF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E1E1D33" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00DB7860" w:rsidP="00491FBC">
+          <w:p w14:paraId="6519D037" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="00A31069" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...49 lines deleted...]
-            <w:bookmarkEnd w:id="41"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-896659690"/>
+                <w:placeholder>
+                  <w:docPart w:val="58DC33E96C4A4E0A8754D453B8EDC760"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="836" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14532FFB" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00DB7860" w:rsidP="00491FBC">
-[...79 lines deleted...]
-          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:id w:val="115568681"/>
+              <w:placeholder>
+                <w:docPart w:val="20DF7453D41347D783E904107B31E22D"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="2A55C68B" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
-        <w:tc>
-[...242 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="973099697"/>
+            <w:placeholder>
+              <w:docPart w:val="253B41E6160D41579E150686B4731FB4"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1053" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="37AE7FF0" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1655450005"/>
+            <w:placeholder>
+              <w:docPart w:val="913DC2A27BA34C5CBEA7F9893874C746"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1438" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="3C6EF1EE" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="961549696"/>
+            <w:placeholder>
+              <w:docPart w:val="BB2A1951F48F4DBB81841D772FD215F8"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1472" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="074405D7" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1151218780"/>
+            <w:placeholder>
+              <w:docPart w:val="D8894F656C344625A83A5644E6E24F54"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1479" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="57A0BC6E" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00CA198A" w14:paraId="7CEC12D2" w14:textId="77777777" w:rsidTr="00CA198A">
+      <w:tr w:rsidR="004C322A" w14:paraId="13552A69" w14:textId="77777777" w:rsidTr="000054EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36638136" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00DB7860" w:rsidP="00491FBC">
+          <w:p w14:paraId="0DE0CB16" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="00A31069" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...49 lines deleted...]
-            <w:bookmarkEnd w:id="47"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1183057623"/>
+                <w:placeholder>
+                  <w:docPart w:val="4714A94D49FE44DE8D43E7BD5F5617A1"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="836" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2260D055" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00DB7860" w:rsidP="00491FBC">
-[...79 lines deleted...]
-          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:id w:val="-59562640"/>
+              <w:placeholder>
+                <w:docPart w:val="C26E6DBBF68242A7B2E433A6D8F6AA7D"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="03DBB21C" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
-        <w:tc>
-[...242 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1859274932"/>
+            <w:placeholder>
+              <w:docPart w:val="DBEC62F5FE434AB98C1036BB6D910169"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1053" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="1E4C889B" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1094514308"/>
+            <w:placeholder>
+              <w:docPart w:val="965A5AB6C79140559D4A8EA79263B43F"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1438" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="79217121" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-2017763083"/>
+            <w:placeholder>
+              <w:docPart w:val="88B14A5BBB4349618A8A0DC92F6F92A8"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1472" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="12FE027E" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-399289200"/>
+            <w:placeholder>
+              <w:docPart w:val="C79B9B40D28146D588299F19643E4694"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1479" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="35B246DC" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="079B05CB" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00CA198A"/>
-    <w:p w14:paraId="6139E7D4" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00CA198A">
+    <w:p w14:paraId="4548B25F" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00F27730" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:rPr>
-          <w:b/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA198A">
+      <w:r w:rsidRPr="00F27730">
         <w:rPr>
-          <w:b/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>Higher Education Qualifications</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="GridTable4-Accent1"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2738"/>
         <w:gridCol w:w="836"/>
         <w:gridCol w:w="1053"/>
         <w:gridCol w:w="1438"/>
         <w:gridCol w:w="1472"/>
         <w:gridCol w:w="1479"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA198A" w14:paraId="06B12EC0" w14:textId="77777777" w:rsidTr="00CA198A">
+      <w:tr w:rsidR="004C322A" w14:paraId="1B19FB93" w14:textId="77777777" w:rsidTr="000054EF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="057F9ADE" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00DB7860" w:rsidP="00491FBC">
+          <w:p w14:paraId="10EFB125" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="00A31069" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...49 lines deleted...]
-            <w:bookmarkEnd w:id="53"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-2059849570"/>
+                <w:placeholder>
+                  <w:docPart w:val="F9F712976E0F49B88EDC5666178413BA"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="836" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B64EAE1" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00DB7860" w:rsidP="00491FBC">
-[...79 lines deleted...]
-          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:id w:val="1952577857"/>
+              <w:placeholder>
+                <w:docPart w:val="3AB0E8552A614010AF45C61AABEDC331"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="566B889F" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
-        <w:tc>
-[...242 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1548910619"/>
+            <w:placeholder>
+              <w:docPart w:val="8C01BBA81D6244D0A721357F2E4F9DDC"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1053" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="76650DBB" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-893589313"/>
+            <w:placeholder>
+              <w:docPart w:val="DC256838B1A24D07AE25910DCBD0FEFC"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1438" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="1DCCB433" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1105623226"/>
+            <w:placeholder>
+              <w:docPart w:val="810B4F06901F4A6183704375DAF12E94"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1472" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="5129C658" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-479155155"/>
+            <w:placeholder>
+              <w:docPart w:val="293074B78127417F9CAC24B20EBE69D9"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1479" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="4AAAF230" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00CA198A" w14:paraId="5BA23069" w14:textId="77777777" w:rsidTr="00CA198A">
+      <w:tr w:rsidR="004C322A" w14:paraId="3966F2C6" w14:textId="77777777" w:rsidTr="000054EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="565B2AF4" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00842719" w:rsidP="00491FBC">
+          <w:p w14:paraId="4ED4EB9A" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="00A31069" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...49 lines deleted...]
-            <w:bookmarkEnd w:id="59"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-995720639"/>
+                <w:placeholder>
+                  <w:docPart w:val="13001FD224A44A06A2C70B39E59CDE4E"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="836" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="028BBD1E" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00842719" w:rsidP="00491FBC">
-[...79 lines deleted...]
-          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:id w:val="1571701439"/>
+              <w:placeholder>
+                <w:docPart w:val="1CCF9237792C4093961981AE97D83249"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="595F4B6F" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
-        <w:tc>
-[...242 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-459813408"/>
+            <w:placeholder>
+              <w:docPart w:val="87E853F28D384B5F8705D0E6E9CF7354"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1053" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="37DDCF05" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1936328300"/>
+            <w:placeholder>
+              <w:docPart w:val="1E47C407E86140A3AF03656164FC03A2"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1438" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="535BC9A8" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1500956947"/>
+            <w:placeholder>
+              <w:docPart w:val="287B2063864C40B2AD015C3205054206"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1472" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="03541FE1" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1815451279"/>
+            <w:placeholder>
+              <w:docPart w:val="625255A9C429458D84ACC28925274AFC"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1479" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="4D57B927" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="78280D66" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRPr="00AD17A2" w:rsidRDefault="00CA198A" w:rsidP="00CA198A">
-[...4 lines deleted...]
-    <w:p w14:paraId="3396F96B" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRPr="00CA198A" w:rsidRDefault="00CA198A" w:rsidP="00BF3AC1">
+    <w:p w14:paraId="3D7C6C19" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00F27730" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA198A">
+      <w:r w:rsidRPr="00F27730">
         <w:rPr>
-          <w:b/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve">School / </w:t>
-[...11 lines deleted...]
-        <w:t>ollege Qualifications</w:t>
+        <w:t>School / College Qualifications</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="GridTable4-Accent1"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2738"/>
         <w:gridCol w:w="836"/>
         <w:gridCol w:w="1053"/>
         <w:gridCol w:w="1438"/>
         <w:gridCol w:w="1472"/>
         <w:gridCol w:w="1479"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA198A" w14:paraId="743778BC" w14:textId="77777777" w:rsidTr="00491FBC">
+      <w:tr w:rsidR="004C322A" w14:paraId="39B2BDFD" w14:textId="77777777" w:rsidTr="000054EF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41EB3EFC" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00842719" w:rsidP="00491FBC">
+          <w:p w14:paraId="694BD093" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="00A31069" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...49 lines deleted...]
-            <w:bookmarkEnd w:id="65"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1699619645"/>
+                <w:placeholder>
+                  <w:docPart w:val="63A37A1378294F8883C2413FE908230B"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="836" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78DC1D77" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00842719" w:rsidP="00491FBC">
-[...79 lines deleted...]
-          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:id w:val="-2097076801"/>
+              <w:placeholder>
+                <w:docPart w:val="17357947C6D24F58A236F4FA712435C1"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="1C8D7AE9" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
-        <w:tc>
-[...242 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1444411928"/>
+            <w:placeholder>
+              <w:docPart w:val="C088EDADD81E4329B925D266873D341A"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1053" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="7AB0F882" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-143206729"/>
+            <w:placeholder>
+              <w:docPart w:val="9E8F9E45965E45C69BADFCF982D2D8CE"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1438" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="723A9872" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1628847097"/>
+            <w:placeholder>
+              <w:docPart w:val="5A85354E23B4499EAD5F5D66BBB6D1F3"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1472" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="4CF74C1E" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1346935480"/>
+            <w:placeholder>
+              <w:docPart w:val="4B5763DCF6EB4A478D9E156DC746D51D"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1479" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="462FFABB" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00CA198A" w14:paraId="71ED16CC" w14:textId="77777777" w:rsidTr="00491FBC">
+      <w:tr w:rsidR="004C322A" w14:paraId="7AFCCAE4" w14:textId="77777777" w:rsidTr="000054EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F1FAE19" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00842719" w:rsidP="00491FBC">
+          <w:p w14:paraId="192F5586" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="00A31069" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...50 lines deleted...]
-            <w:bookmarkEnd w:id="71"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1665852514"/>
+                <w:placeholder>
+                  <w:docPart w:val="6CCC8EBE2C4A472DA5052E7DFCF09C3C"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="836" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D66BAD7" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00842719" w:rsidP="00491FBC">
-[...79 lines deleted...]
-          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:id w:val="-752821425"/>
+              <w:placeholder>
+                <w:docPart w:val="3C239DC4A1314768AD3704320C8C71E9"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="47F0BB83" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
-        <w:tc>
-[...242 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-917165963"/>
+            <w:placeholder>
+              <w:docPart w:val="20F6A54ABFEB44E59F23930147319005"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1053" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="79567584" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1888910538"/>
+            <w:placeholder>
+              <w:docPart w:val="7E4A26D005C6445B9998C3C0CAF47581"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1438" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="04E73C7F" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1419866908"/>
+            <w:placeholder>
+              <w:docPart w:val="CB9A854083984324877BF4DD88AFE22A"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1472" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="36088B36" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1967699885"/>
+            <w:placeholder>
+              <w:docPart w:val="6CBCA0122F1740238CCA69643F05BA55"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1479" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="00D15D81" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2F90946F" w14:textId="77777777" w:rsidR="00BA20DC" w:rsidRDefault="00BA20DC" w:rsidP="00BF3AC1">
-[...4 lines deleted...]
-    <w:p w14:paraId="589B37C5" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00CA198A" w:rsidP="00BF3AC1">
+    <w:p w14:paraId="4F009366" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00F27730" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA198A">
+      <w:r w:rsidRPr="00F27730">
         <w:rPr>
-          <w:b/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>Continuing Professional Development</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55B76B6A" w14:textId="70A962A7" w:rsidR="00CA198A" w:rsidRDefault="00CA198A" w:rsidP="00BF3AC1">
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> professional development in which you have been involved in the past 3 years which you consider relevant to this post.</w:t>
+    <w:p w14:paraId="64239E1F" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Please list any courses you have completed and/or any professional development in which you have been involved in the past 3 years which you consider relevant to this post.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="GridTable4-Accent1"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1803"/>
         <w:gridCol w:w="1803"/>
         <w:gridCol w:w="1803"/>
         <w:gridCol w:w="1803"/>
         <w:gridCol w:w="1804"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA198A" w14:paraId="2E9F7C2E" w14:textId="77777777" w:rsidTr="00CA198A">
+      <w:tr w:rsidR="004C322A" w14:paraId="45A1630F" w14:textId="77777777" w:rsidTr="000054EF">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78A09C18" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00CA198A" w:rsidP="00CA198A">
+          <w:p w14:paraId="457604F2" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Course Title</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="449135B6" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00CA198A" w:rsidP="00BF3AC1">
+          <w:p w14:paraId="5BA89127" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11C65DAA" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00CA198A" w:rsidP="00CA198A">
+          <w:p w14:paraId="6CD56BD1" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Course Provider</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0203EE5F" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00CA198A" w:rsidP="00CA198A">
+          <w:p w14:paraId="52962B48" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Length of Course</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BDC5B0C" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00CA198A" w:rsidP="00CA198A">
+          <w:p w14:paraId="66075AD2" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Dates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F9DBF76" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00CA198A" w:rsidP="00CA198A">
+          <w:p w14:paraId="4334192F" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>From – To</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61C71C8F" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00CA198A" w:rsidP="00CA198A">
+          <w:p w14:paraId="40B6F352" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Award / Classification (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA198A" w14:paraId="1A1143A2" w14:textId="77777777" w:rsidTr="00CA198A">
+      <w:tr w:rsidR="004C322A" w14:paraId="41B4321C" w14:textId="77777777" w:rsidTr="000054EF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="376BCF92" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00842719" w:rsidP="00BF3AC1">
+          <w:p w14:paraId="5B622138" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="00A31069" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...71 lines deleted...]
-            <w:bookmarkEnd w:id="77"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-937448243"/>
+                <w:placeholder>
+                  <w:docPart w:val="A8C9D8A609AF4496AB8FAE9E8EDBFADA"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="3E06EC3B" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00CA198A" w:rsidP="00BF3AC1">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1803" w:type="dxa"/>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:id w:val="-1743483693"/>
+              <w:placeholder>
+                <w:docPart w:val="7FAD423356914A07B4F75CEE35087CC1"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="5EA15B53" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:b/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-723986354"/>
+            <w:placeholder>
+              <w:docPart w:val="C1623BDBD1E143AFAE6D56B364910521"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1803" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="6F397443" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:b/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1656760152"/>
+            <w:placeholder>
+              <w:docPart w:val="D79687A5B0AF459E98D03FB7D15289DB"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1803" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="0A2E2AE0" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:b/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="262190958"/>
+            <w:placeholder>
+              <w:docPart w:val="14A5428BB074432489AB7A636C5FF10E"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1804" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="282F82A8" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:b/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="004C322A" w14:paraId="3C05AF98" w14:textId="77777777" w:rsidTr="000054EF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1803" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38F33629" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="00A31069" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-52540573"/>
+                <w:placeholder>
+                  <w:docPart w:val="1B5C2566882641358522C0A907BC511D"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="2AA16542" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00CA198A" w:rsidP="00BF3AC1">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1803" w:type="dxa"/>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:id w:val="1731257758"/>
+              <w:placeholder>
+                <w:docPart w:val="626BE00607014B249592FD45AC444AE3"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="6571A280" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:b/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="940570703"/>
+            <w:placeholder>
+              <w:docPart w:val="095DB7A97AA74A7DAFDA9477D656D7AB"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1803" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="53740002" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:b/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1304200985"/>
+            <w:placeholder>
+              <w:docPart w:val="3DA74678FDB14CD0A7E045D792DEE9B2"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1803" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="24314211" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:b/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="842744238"/>
+            <w:placeholder>
+              <w:docPart w:val="76FEB59599E448A8ABA1B62479B47060"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1804" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="10C04AE3" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:b/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="004C322A" w14:paraId="0E14CD6C" w14:textId="77777777" w:rsidTr="000054EF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1803" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="412E3ED9" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="00A31069" w:rsidP="000054EF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-933820982"/>
+                <w:placeholder>
+                  <w:docPart w:val="73315934BB2A4C5BAD6BF4DD5E434434"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A0BC489" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00842719" w:rsidP="00BF3AC1">
-[...79 lines deleted...]
-          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:id w:val="1743916856"/>
+              <w:placeholder>
+                <w:docPart w:val="653A67457FAC4D87840082B405EEF128"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="262DE280" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:b/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
-        <w:tc>
-[...1152 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="759648856"/>
+            <w:placeholder>
+              <w:docPart w:val="281A930DAEB14557999A792458CEDDFE"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1803" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="49570FE8" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:b/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="1240900823"/>
+            <w:placeholder>
+              <w:docPart w:val="BAD17744DEED4A34B241B88F8D99E4D3"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1803" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="2C0A1518" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:b/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="855767214"/>
+            <w:placeholder>
+              <w:docPart w:val="24365378F342423390BA71496658EE13"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1804" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="19D7FD15" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:b/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="52797492" w14:textId="77777777" w:rsidR="00BA20DC" w:rsidRPr="00CA198A" w:rsidRDefault="00CA198A" w:rsidP="00BF3AC1">
+    <w:p w14:paraId="4F1963F4" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00CA198A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA198A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1879EA0C" w14:textId="77777777" w:rsidR="00BA20DC" w:rsidRDefault="00721C45" w:rsidP="00BF3AC1">
+    <w:p w14:paraId="1C1C5891" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Please provide details of your most recent safeguarding training:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18147C25" w14:textId="77777777" w:rsidR="00BF1682" w:rsidRDefault="00BF1682" w:rsidP="00BF3AC1">
-[...104 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="067E6CC0" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="00A31069" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-842472134"/>
+          <w:id w:val="1103688144"/>
+          <w:placeholder>
+            <w:docPart w:val="DE22E0178BAE4EA29246CF3AB10CE1FF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="3B1EAC76" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00667743">
+        <w:t>Professional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F92D0D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00667743">
+        <w:t>Memberships</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22CAF2E0" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="006908BB" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006908BB">
+        <w:t>Chartered College of Teaching:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED44434" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="006908BB" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006908BB">
+        <w:t xml:space="preserve">Associate </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1062023809"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="003A0227">
+          <w:r w:rsidRPr="006908BB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="003A0227">
-        <w:t xml:space="preserve">  Associate </w:t>
+      <w:r w:rsidRPr="006908BB">
+        <w:t xml:space="preserve">  Member (MCCT)  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-1484928147"/>
+          <w:id w:val="-436366698"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="003A0227">
+          <w:r w:rsidRPr="006908BB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="003A0227">
-        <w:t xml:space="preserve">  Member (MCCT)  </w:t>
+      <w:r w:rsidRPr="006908BB">
+        <w:t xml:space="preserve"> Fellow (FCCT)  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="1925921426"/>
+          <w:id w:val="-248125539"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="003A0227">
+          <w:r w:rsidRPr="006908BB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="003A0227">
-        <w:t xml:space="preserve"> Fellow (FCCT)  </w:t>
+      <w:r w:rsidRPr="006908BB">
+        <w:t xml:space="preserve"> Chartered Teacher (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006908BB">
+        <w:t>CTeach</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006908BB">
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="1177849145"/>
+          <w:id w:val="-480074768"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="003A0227">
+          <w:r w:rsidRPr="006908BB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="003A0227">
-[...9 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="10496E03" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Please list any other professional bodies of which you are a member:</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="1835326878"/>
+        <w:placeholder>
+          <w:docPart w:val="B801AB9E34724B6DAD58064DB7553FDD"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="6C0E2AE0" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+          <w:pPr>
+            <w:jc w:val="both"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="768FBFA5" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00667743">
+        <w:t>Interests and Hobbie</w:t>
+      </w:r>
+      <w:r>
+        <w:t>s:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03B808EB" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Please list your interests and hobbies outside of work:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="463AC91B" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="00A31069" w:rsidP="004C322A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3555"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="675150730"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1846216915"/>
+          <w:placeholder>
+            <w:docPart w:val="78B3860B651241C089BD1F67F0376358"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="003A0227">
-[...3 lines deleted...]
-            <w:t>☐</w:t>
+          <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-    </w:p>
-[...212 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="004C322A">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5841F151" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74D38877" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Supporting Statement:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12AA160A" w14:textId="482F6259" w:rsidR="00667743" w:rsidRDefault="00667743" w:rsidP="00667743">
+    <w:p w14:paraId="7227277A" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Please provide a written statement of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>no more than 1,300 words</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> detailing why you believe </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">our experience, skills, personal qualities, training and/or education are relevant to your suitability for the post advertised and how you meet the person specification applicable to the post.  </w:t>
+        <w:t xml:space="preserve"> detailing why you believe your experience, skills, personal qualities, training and/or education are relevant to your suitability for the post advertised and how you meet the person specification applicable to the post.  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00842719" w14:paraId="30FBF52B" w14:textId="77777777" w:rsidTr="00842719">
-[...60 lines deleted...]
-        </w:tc>
+      <w:tr w:rsidR="004C322A" w14:paraId="393E49E1" w14:textId="77777777" w:rsidTr="000054EF">
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-97636881"/>
+            <w:placeholder>
+              <w:docPart w:val="86D7232B35414431AC09E74AD091BCC4"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="9016" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="63226309" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="000054EF">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                </w:pPr>
+                <w:r w:rsidRPr="00545EDB">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4CF94C76" w14:textId="77777777" w:rsidR="00667743" w:rsidRDefault="00667743" w:rsidP="00667743">
-[...4 lines deleted...]
-    <w:p w14:paraId="12F71C8B" w14:textId="77777777" w:rsidR="00667743" w:rsidRDefault="00667743">
+    <w:p w14:paraId="25A50F03" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="483DAA80" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0EB386" w14:textId="77777777" w:rsidR="00667743" w:rsidRDefault="00667743" w:rsidP="00667743">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="00C2C420" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>References:</w:t>
-[...36 lines deleted...]
-    <w:p w14:paraId="6FB69865" w14:textId="77777777" w:rsidR="00A50ED9" w:rsidRDefault="00A50ED9" w:rsidP="00A50ED9">
+        <w:t>References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AEAA803" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">A referee who is a current or former employer should have full access to the applicant’s personal records, to the extent that this is achievable in compliance with the General Data Protection Regulation.  Schools / Academies / Colleges of a Religious Character (in England only) are permitted, when recruiting Support Staff to give preference to applicants who are Catholic where attaching this requirement to the post is a proportionate means of achieving a legitimate aim (commonly known as a “genuine occupational requirement”).   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="273C5143" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If you are a practising Catholic, you should nominate as one of your referees your Parish Priest / the Priest of the Parish where you regularly worship.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="500631EF" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you are Catholic but do not consider yourself to be “practising”, you may (as an alternative to nominating your Parish Priest as a referee), provide a copy of your baptism certificate, or the name and address of the parish where you were baptised and the date of your baptism.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B0158F2" w14:textId="77777777" w:rsidR="00A50ED9" w:rsidRDefault="00A50ED9" w:rsidP="00A50ED9">
+    <w:p w14:paraId="18B67950" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>In requesting a Priest’s reference or baptismal information, it is not our intention to deter applications and non-Catholics are welcome to apply.  Please see the Notes to Applicants for further guidance.  It is the responsibility of the Applicant to ensure that all named referees, including Parish Priests, where applicable, have consented to providing a reference.  Please also ensure that you complete and return the consent to obtain references form with your application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F5F3509" w14:textId="6D6ACDB6" w:rsidR="00006E55" w:rsidRDefault="00006E55" w:rsidP="00667743">
-[...72 lines deleted...]
-    <w:p w14:paraId="7F995FC4" w14:textId="77777777" w:rsidR="008852DA" w:rsidRDefault="008852DA" w:rsidP="00667743">
+    <w:p w14:paraId="2B58C396" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>In accordance with Keeping Children Safe in Education we will obtain and scrutinise references prior to interview and referees will be contacted to provide further clarification as appropriate.  All information provided by referees will also be compared for consistency with the information you provide on this form and you will be asked about any discrepancies.  Please advise if you do not want us to take up references at this stage and provide reasons.</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-1912454917"/>
+        <w:placeholder>
+          <w:docPart w:val="FCB6248B87B04BD2976F39139C08FD0C"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="07541CF3" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+          <w:pPr>
+            <w:jc w:val="both"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="40E74662" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Referees will also be asked for information about:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39FBDD16" w14:textId="77777777" w:rsidR="008852DA" w:rsidRDefault="008852DA" w:rsidP="008852DA">
+    <w:p w14:paraId="0383E89C" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">all disciplinary offences (including those where the penalty is “time expired” if related to children); and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E5D6AA3" w14:textId="77777777" w:rsidR="008852DA" w:rsidRDefault="008852DA" w:rsidP="008852DA">
+    <w:p w14:paraId="767F5553" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>all child protection allegations including the outcome of any child protection investigations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30D0BA4B" w14:textId="77777777" w:rsidR="008852DA" w:rsidRDefault="00333353" w:rsidP="008852DA">
+    <w:p w14:paraId="0DF95B40" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">You are advised to read the relevant section of the Notes to Applicants before completing this section.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5287A93C" w14:textId="77777777" w:rsidR="00333353" w:rsidRDefault="00333353" w:rsidP="008852DA">
-[...7 lines deleted...]
-    <w:p w14:paraId="39744268" w14:textId="77777777" w:rsidR="00BF1682" w:rsidRDefault="00BF1682" w:rsidP="008852DA">
+    <w:p w14:paraId="322E50BC" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If any of your referees knew you by another name, please specify that name alongside the details of the relevant referee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35DC15C3" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00FB5A8B" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB5A8B">
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+        <w:t>Present School / Employer:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="573BAF08" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Name:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-499888594"/>
+          <w:placeholder>
+            <w:docPart w:val="55BE5023729E403FB10C1BBA66872E2B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="27B6B3E7" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Address:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1661226357"/>
+          <w:placeholder>
+            <w:docPart w:val="3EE111E97E6040018085895BFB620C60"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="27207146" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22A6416E" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Role:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="2000235251"/>
+          <w:placeholder>
+            <w:docPart w:val="510623474EB54921873F0C0E5E4F1760"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="5F28D8E0" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D14E0E4" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Telephone:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-2085667651"/>
+          <w:placeholder>
+            <w:docPart w:val="CBD3C9A0C33E473C9C395DB56B7C137F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="65046AA9" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="757CBB72" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-682207096"/>
+          <w:placeholder>
+            <w:docPart w:val="9F0C8BEBD2354B4583B336B13A19DDC2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="4D2FED63" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00FB5A8B" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB5A8B">
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+        <w:t>Other Professional (where you are not currently employed with children, this must be your most recent school / college / employer prior to your current employer):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B2DB3D" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Name:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-970210725"/>
+          <w:placeholder>
+            <w:docPart w:val="92C560C069EA49238D7DD4A390E92E1F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="629178B1" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Address:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="2084407929"/>
+          <w:placeholder>
+            <w:docPart w:val="F5F6D28665D946E3916B10DA946679C2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="01D00DB9" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25AB2982" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Role:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="843058167"/>
+          <w:placeholder>
+            <w:docPart w:val="1E0F1295EE004D4B92A4A345ED731D0E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="326415A7" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="449F85B4" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Telephone:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-199470194"/>
+          <w:placeholder>
+            <w:docPart w:val="E62C2589984647ABA3F4EB8407D04311"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="36D922A8" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43135FD2" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1608470389"/>
+          <w:placeholder>
+            <w:docPart w:val="919A58EFA96D4769B24483EB4DD25BB9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="594FDE7E" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6817747E" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00FB5A8B" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:u w:val="single"/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="443058" w:themeColor="accent1" w:themeShade="7F"/>
+          <w:spacing w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF1682">
+      <w:r w:rsidRPr="00FB5A8B">
         <w:rPr>
-          <w:b/>
-[...742 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t>Parish Priest / Priest of the Parish where you regularly worship (if applicable):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="608F8148" w14:textId="77777777" w:rsidR="00ED167B" w:rsidRPr="00ED167B" w:rsidRDefault="00ED167B" w:rsidP="00667743">
-[...8 lines deleted...]
-    <w:p w14:paraId="7C5F863D" w14:textId="77777777" w:rsidR="00ED167B" w:rsidRDefault="00ED167B" w:rsidP="00ED167B">
+    <w:p w14:paraId="66DCF51D" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Name:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...54 lines deleted...]
-    <w:p w14:paraId="5F8F0C6F" w14:textId="77777777" w:rsidR="00ED167B" w:rsidRDefault="00ED167B" w:rsidP="00ED167B">
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="686094469"/>
+          <w:placeholder>
+            <w:docPart w:val="BF9A805EC33646F79A3C96EB792BE376"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="45B45697" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Address:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...54 lines deleted...]
-    <w:p w14:paraId="6E90FB94" w14:textId="77777777" w:rsidR="00ED167B" w:rsidRDefault="00ED167B" w:rsidP="00ED167B">
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1174495824"/>
+          <w:placeholder>
+            <w:docPart w:val="0C0BF23ED30C487AB1FDBBEF21A3E45C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="326ABEC4" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44252BDC" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Role:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...54 lines deleted...]
-    <w:p w14:paraId="4D69AC3D" w14:textId="77777777" w:rsidR="00ED167B" w:rsidRDefault="00ED167B" w:rsidP="00ED167B">
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1363946263"/>
+          <w:placeholder>
+            <w:docPart w:val="0510FF2A03224087B4DEE21275BD6A80"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="61107BC6" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50694780" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Telephone:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...54 lines deleted...]
-    <w:p w14:paraId="54AC8F71" w14:textId="77777777" w:rsidR="00ED167B" w:rsidRDefault="00ED167B" w:rsidP="00ED167B">
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1104332048"/>
+          <w:placeholder>
+            <w:docPart w:val="8C0DA28ECBF34B5FA8C0CDF3503D2453"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="71E8DAE7" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D22D538" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...59 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1942292410"/>
+          <w:placeholder>
+            <w:docPart w:val="ABDFFEA877E34B40B272AE275B915550"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="0C5A7E38" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A"/>
+    <w:p w14:paraId="06A8D8A7" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Please tick this box if you have enclosed a copy of your baptism certificate with this application form: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="654152CF" w14:textId="77777777" w:rsidR="00A50ED9" w:rsidRDefault="00A8566D" w:rsidP="00A50ED9">
+    <w:p w14:paraId="168C3BE3" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="00A31069" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-985165986"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A50ED9">
+          <w:r w:rsidR="004C322A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="1612B781" w14:textId="77777777" w:rsidR="00A50ED9" w:rsidRDefault="00A50ED9" w:rsidP="00A50ED9">
-[...60 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1CE2364E" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If you have not nominated your Parish Priest as a referee and you have not provided a copy of your baptism </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>certificate</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> please enter the name and address of the Parish where you were baptised and the date of your baptism here:  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1235236992"/>
+          <w:placeholder>
+            <w:docPart w:val="FCB6248B87B04BD2976F39139C08FD0C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="2D4A02B6" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>If you or your spouse / civil partner / partner are related by marriage, blood or as a co-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>habitee</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> to any member of the Governing Body / Academy Trust Company / Multi Academy Trust Company or any current employee(s) of the Governing Body / Academy Trust Company / </w:t>
-[...167 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> to any member of the Governing Body / Academy Trust Company / Multi Academy Trust Company or any current employee(s) of the Governing Body / Academy Trust Company / Multi Academy Trust Company please provide the relevant details here:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B56D8B0" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Name(s) of Governing Body / Academy Trust Company / Multi Academy Trust Company / Employee(s):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DC37FE0" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="00A31069" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="346305443"/>
+          <w:placeholder>
+            <w:docPart w:val="462A0C37926C4E92BEACD368B1F15EE9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="700D8718" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Relationship(s) to you:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="520491F0" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="00A31069" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="572474627"/>
+          <w:placeholder>
+            <w:docPart w:val="774E86DB01FC4503B53C51FA4AA4B3A9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="145F8586" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
         <w:t>Disclosure of Criminal and Child Protection Matters and Disclosure and Barring Service Checks</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D813A8E" w14:textId="77777777" w:rsidR="00333353" w:rsidRDefault="00E30E0B" w:rsidP="00667743">
+    <w:p w14:paraId="2F921749" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>The Governing Body / Academy Trust Company / Multi Academy Trust Company is obliged by law to operate a checking procedure for employees who have access to children and young people.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11B04856" w14:textId="77777777" w:rsidR="00E30E0B" w:rsidRDefault="00E30E0B" w:rsidP="00667743">
+    <w:p w14:paraId="12940870" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Please confirm whether you have ever been the subject of any child protection concern either in your work or personal life, or been the subject of, or involved in, any disciplinary action in relation thereto, including any which is time expired.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32D3C144" w14:textId="77777777" w:rsidR="00ED167B" w:rsidRDefault="00D730D9" w:rsidP="00667743">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="54147E03" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Yes </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="964627260"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00ED167B">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
-        <w:t xml:space="preserve"> No </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> No  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1250541915"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00ED167B">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="00AA261F" w14:textId="77777777" w:rsidR="00D730D9" w:rsidRDefault="00D730D9" w:rsidP="00667743">
-[...28 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="31332450" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137179">
         <w:rPr>
-          <w:noProof/>
+          <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
-        <w:t> </w:t>
-[...35 lines deleted...]
-    <w:p w14:paraId="254BB0F7" w14:textId="77777777" w:rsidR="001D52F7" w:rsidRPr="00085837" w:rsidRDefault="00ED167B" w:rsidP="00BF3AC1">
+        <w:t>yes</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, please provide full details:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1204E822" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="00A31069" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1487939650"/>
+          <w:placeholder>
+            <w:docPart w:val="C7D5E2F7A183463DBD9A731A3BD326FE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004C322A" w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="614A1660" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7249394A" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00085837" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00085837">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">It is an offence to knowingly apply for, offer to do, accept, or do any work in a regulated position if you have been disqualified from working with children.  Any offer of employment will be </w:t>
       </w:r>
-      <w:r w:rsidR="00085837">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>subject to</w:t>
       </w:r>
       <w:r w:rsidRPr="00085837">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="63D0C451" w14:textId="77777777" w:rsidR="001D52F7" w:rsidRDefault="001D52F7" w:rsidP="00BF3AC1">
+        <w:t xml:space="preserve"> checks being carried out in order to ensure that you are not subject to a prohibition order or an interim prohibition order.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E27B29B" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In the event of a successful application an offer of employment may be made to you which is conditional upon receipt of satisfactory Disclosure and Barring Service Checks </w:t>
       </w:r>
       <w:r w:rsidRPr="001D52F7">
         <w:t>(“DBS Checks”)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in relation to criminal and child protection matters.  Please note that a conviction will not necessarily be a bar to obtaining employment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B0842AF" w14:textId="77777777" w:rsidR="001D52F7" w:rsidRDefault="001D52F7" w:rsidP="00BF3AC1">
+    <w:p w14:paraId="53FBE5B5" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">By checking the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>box</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> you consent to a DBS Check(s) being made:</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> you consent to a DBS Check(s) being made: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1803193522"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00890EDF">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="66F32144" w14:textId="77777777" w:rsidR="00491FBC" w:rsidRDefault="00491FBC">
-[...19 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="01A84546" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
         <w:t>Rehabilitation of Offenders Act 1974</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E4A2E0C" w14:textId="77777777" w:rsidR="002C6D16" w:rsidRDefault="002C6D16" w:rsidP="002C6D16">
+    <w:p w14:paraId="2F762CDA" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>If you have any convictions, cautions, reprimands or final warnings that are not “protected” as defined by the Rehabilitation of Offenders Act 1974 (Exceptions) Order 1975 (as amended in 2013 and 2020), then the details of these must be disclosed if you are invited for interview.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED55A2C" w14:textId="77777777" w:rsidR="002C6D16" w:rsidRDefault="002C6D16" w:rsidP="002C6D16">
+    <w:p w14:paraId="63A3774B" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00255B2E">
         <w:t xml:space="preserve">Guidance about whether a conviction or caution should be disclosed can be found on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00C04AA2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Ministry of Justice website.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="39F145B1" w14:textId="4BE2ED40" w:rsidR="002C6D16" w:rsidRDefault="002C6D16" w:rsidP="002C6D16">
-[...13 lines deleted...]
-    <w:p w14:paraId="25E6D906" w14:textId="77777777" w:rsidR="0017243E" w:rsidRDefault="0017243E" w:rsidP="0017243E">
+    <w:p w14:paraId="11246442" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If you are invited for interview, please bring The Rehabilitation of Offenders Act 1974 – Disclosure Form with you to the interview in a sealed envelope marked “Confidential – Rehabilitation of Offenders Act 1974 </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>– Disclosure Form”.  You will be asked to hand the form to the interviewer at the end of the interview.  If you do not have disclosable convictions, please complete the relevant sections of the Disclosure Form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C26F844" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Request for Your Consent to Process Your Data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E0F1CB3" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>In compliance with the General Data Protection Regulation (GDPR), we wish to ensure you are aware of the purpose for which we are requesting your consent to collect and process the data we have asked you to provide on this application form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64CCCA41" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00961665" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00961665">
         <w:rPr>
-          <w:b/>
-[...25 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Important information regarding your consent</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F3DFDBA" w14:textId="1484D5C9" w:rsidR="0017243E" w:rsidRDefault="0017243E" w:rsidP="0017243E">
+    <w:p w14:paraId="1F78078B" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="783B8483" w14:textId="77777777" w:rsidR="0017243E" w:rsidRDefault="0017243E" w:rsidP="0017243E">
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">We are Romero Catholic Academy Trust and the academy trust is the data </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>controller,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> our schools are part of the multi academy trust. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AC6107F" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E577B6B" w14:textId="33B348E8" w:rsidR="0017243E" w:rsidRDefault="0017243E" w:rsidP="0017243E">
+    <w:p w14:paraId="7B73D065" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="98" w:name="_Hlk182820064"/>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Being a Catholic education provider</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> we work closely</w:t>
-[...33 lines deleted...]
-    <w:p w14:paraId="1D268C05" w14:textId="77777777" w:rsidR="00643D67" w:rsidRDefault="00643D67" w:rsidP="00643D67">
+        <w:t xml:space="preserve"> we work closely with the school’s / academy’s Diocesan Authority, the school’s / academy’s Trustees, the Local Authority, the Department for Education, the Catholic Education Service and legal services with whom we may share the information you provide on this application form if we consider it is necessary in order to fulfil our functions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="250EA0FD" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AD64E9E" w14:textId="65C3AB01" w:rsidR="00643D67" w:rsidRPr="00643D67" w:rsidRDefault="00643D67" w:rsidP="0017243E">
+    <w:p w14:paraId="3D42CBC6" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...38 lines deleted...]
-      <w:r w:rsidR="00310393">
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The company responsible for data protection within our organisation is HY Education and you can contact them with any questions relating to our handling of your data.  You can contact them by e-mail</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00310393" w:rsidRPr="00A11D87">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00A11D87">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>info@wearehy.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00310393">
-[...5 lines deleted...]
-    <w:p w14:paraId="3A92E315" w14:textId="77777777" w:rsidR="00643D67" w:rsidRDefault="00643D67" w:rsidP="00643D67">
+      <w:r>
+        <w:t xml:space="preserve"> or telephone 0161 543 8884.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="469037CE" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="301E74D2" w14:textId="77777777" w:rsidR="00643D67" w:rsidRDefault="00643D67" w:rsidP="0017243E">
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25B9C19D" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>We require the information we have requested on this form in order to process your application for employment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B746E1D" w14:textId="77777777" w:rsidR="00643D67" w:rsidRDefault="00643D67" w:rsidP="00643D67">
+    <w:p w14:paraId="62456D77" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CB10F7F" w14:textId="77777777" w:rsidR="00643D67" w:rsidRDefault="00643D67" w:rsidP="0017243E">
+    <w:p w14:paraId="1C85485F" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> special categories of personal data</w:t>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>To the extent that you have shared any special categories of personal data</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> this will not be </w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="0FAC677C" w14:textId="77777777" w:rsidR="00812DB8" w:rsidRDefault="00812DB8" w:rsidP="00812DB8">
+        <w:t xml:space="preserve"> this will not be shared with any third party except as detailed in paragraph 2 above, unless a legal obligation should arise.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40362BB2" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="640ACC8C" w14:textId="77777777" w:rsidR="00812DB8" w:rsidRDefault="00812DB8" w:rsidP="0017243E">
+    <w:p w14:paraId="79371491" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="0D560229" w14:textId="77777777" w:rsidR="00812DB8" w:rsidRDefault="00812DB8" w:rsidP="00812DB8">
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If your application is successful, the information you have provided on this form will become part of your personnel file which shall be retained throughout the duration of your employment within our organisation and afterwards in accordance with our data retention policy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="511CF4C3" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="379D9691" w14:textId="77777777" w:rsidR="00812DB8" w:rsidRDefault="00812DB8" w:rsidP="0017243E">
+    <w:p w14:paraId="5EE6C0DE" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>If you are unsuccessful, your application form and any documents you have submitted in support of your application will be destroyed after a period of 6 months.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33A610F1" w14:textId="77777777" w:rsidR="00812DB8" w:rsidRDefault="00812DB8" w:rsidP="00812DB8">
+    <w:p w14:paraId="5581F14B" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04E4C658" w14:textId="77777777" w:rsidR="00812DB8" w:rsidRDefault="00812DB8" w:rsidP="0017243E">
+    <w:p w14:paraId="7512B29E" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>We will keep a record of your consent as evidence that we have obtained your consent to collect and process the data you have provided on this application form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5799DACF" w14:textId="77777777" w:rsidR="00812DB8" w:rsidRDefault="00812DB8" w:rsidP="00812DB8">
+    <w:p w14:paraId="695B5893" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="446C23EC" w14:textId="77777777" w:rsidR="003A1E93" w:rsidRDefault="00812DB8" w:rsidP="003A1E93">
+    <w:p w14:paraId="7061DEEF" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>You have the right to withdraw your consent at any time and can do so by informing our organisation’s Data Protection Officer (see paragraph 3 above) that you wish to withdraw your consent.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03AADDB8" w14:textId="77777777" w:rsidR="003A1E93" w:rsidRPr="003A1E93" w:rsidRDefault="003A1E93" w:rsidP="003A1E93">
+    <w:p w14:paraId="75B2675D" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="003A1E93" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D088C2C" w14:textId="77777777" w:rsidR="00812DB8" w:rsidRPr="003A1E93" w:rsidRDefault="00812DB8" w:rsidP="003A1E93">
+    <w:p w14:paraId="58345465" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="003A1E93" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003A1E93">
         <w:t xml:space="preserve">To read about your individual rights </w:t>
       </w:r>
-      <w:r w:rsidR="003A1E93">
+      <w:r>
         <w:t xml:space="preserve">you can </w:t>
       </w:r>
-      <w:r w:rsidR="003A1E93" w:rsidRPr="003A1E93">
+      <w:r w:rsidRPr="003A1E93">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>refer to our fair processing notice and data protection policies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BF653E4" w14:textId="77777777" w:rsidR="003A1E93" w:rsidRDefault="003A1E93" w:rsidP="003A1E93">
+    <w:p w14:paraId="6A967909" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13FD3EDA" w14:textId="235B7110" w:rsidR="003A1E93" w:rsidRDefault="003A1E93" w:rsidP="003A1E93">
+    <w:p w14:paraId="29AE4003" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:r w:rsidR="005078A4" w:rsidRPr="00A11D87">
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If you wish to complain about how we have collected and processed the information you have provided on this form, you can make a complaint to our organisation by email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00A11D87">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>contact@romerocat.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="005078A4">
-[...8 lines deleted...]
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:r>
+        <w:t xml:space="preserve"> . If you are unhappy with how your complaint has been handled, you can contact the Information Commissioner’s Office via their website at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00123A4C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.ico.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:p w14:paraId="7560EFAF" w14:textId="77777777" w:rsidR="003A1E93" w:rsidRDefault="003A1E93" w:rsidP="003A1E93">
+    <w:p w14:paraId="1CDA8297" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22D7F926" w14:textId="77777777" w:rsidR="003A1E93" w:rsidRDefault="003A1E93" w:rsidP="003A1E93">
+    <w:p w14:paraId="05D0A9FC" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00961665" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-          <w:u w:val="single"/>
+          <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A1E93">
+      <w:r w:rsidRPr="00961665">
         <w:rPr>
-          <w:b/>
-          <w:u w:val="single"/>
+          <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t>Request for your consent</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="527DE1EC" w14:textId="77777777" w:rsidR="003A1E93" w:rsidRDefault="003A1E93" w:rsidP="003A1E93">
+    <w:p w14:paraId="3115D4D5" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Please ensure that you read paragraphs 1-11 above and raise any relevant questions before providing your consent below:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="425100A3" w14:textId="77777777" w:rsidR="003A1E93" w:rsidRDefault="003A1E93" w:rsidP="003A1E93">
+    <w:p w14:paraId="2D92B045" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">I confirm that I have read and understood paragraphs 1-11 above and that I have been offered the opportunity to raise any relevant questions: Yes </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="615022859"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006E394A">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve">  No </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-793209628"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006E394A">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="38924841" w14:textId="5BB48C1C" w:rsidR="003A1E93" w:rsidRDefault="00AA3C85" w:rsidP="003A1E93">
+    <w:p w14:paraId="6F810614" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Please check this box if you agree to our collecting and processing your personal information as described in paragraphs 1-11 above: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1221327189"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006E394A">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="5EEAB3B0" w14:textId="77777777" w:rsidR="003A1E93" w:rsidRDefault="003A1E93" w:rsidP="003A1E93">
+    <w:p w14:paraId="43D32440" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">I agree to my personal data being shared as stated in paragraphs 2 and 5 above: Yes </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1021399898"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006E394A">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve">  No </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1439520759"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006E394A">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6CFC4B1D" w14:textId="59177088" w:rsidR="007F3282" w:rsidRDefault="007F3282" w:rsidP="007F3282">
+    <w:p w14:paraId="1622962D" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00E91471" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73450265" w14:textId="6FB4A4C5" w:rsidR="00310393" w:rsidRDefault="00310393" w:rsidP="007F3282">
-[...14 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="47E7F78A" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
         <w:t>National Insurance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72403926" w14:textId="1A55E5B8" w:rsidR="00310393" w:rsidRDefault="00310393" w:rsidP="00956F56">
+    <w:p w14:paraId="29105601" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">National Insurance Number: </w:t>
       </w:r>
-    </w:p>
-[...20 lines deleted...]
-        </w:rPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1946495848"/>
+          <w:placeholder>
+            <w:docPart w:val="460BA38DAC354FA99998AAD9924B276A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="72C03B47" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00E91471" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53AF079B" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
         <w:t>Right to work in the UK.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DCA78A9" w14:textId="5C4CCEE7" w:rsidR="002E413E" w:rsidRDefault="00956F56" w:rsidP="00302CA4">
+    <w:p w14:paraId="7CC3A60A" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E413E">
+      <w:r w:rsidRPr="00D43A0B">
         <w:t>Governing Body / Academy Trust Company / Multi Academy Trust Company</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> will require you to provide evidence of your entitlement to undertake the position applied for and/or of your ongoing entitlement to live and work in the United Kingdom in accordance with the current immigration rules.  More information can be found in the Notes to Applicants.  By checking the box below, you confirm that you are legally entitled to work in the United Kingdom and that you will promptly provide documentary evidence of such entitlement when requested:  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="136619650"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="09AA67E9" w14:textId="77777777" w:rsidR="00310393" w:rsidRPr="00310393" w:rsidRDefault="00310393" w:rsidP="00302CA4">
-[...27 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="78C5BA93" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
         <w:t>Language requirements for public sector workers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72E83182" w14:textId="5D1124E9" w:rsidR="00302CA4" w:rsidRDefault="00302CA4" w:rsidP="00302CA4">
-[...252 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="54939DCD" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The ability to communicate with members of the public in accurate spoken English is an essential requirement for the post.  This is because this is a public facing public sector post. Please note that this language requirement may be in addition to mandatory English language requirements associated with your immigration route. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E1999D0" w14:textId="77777777" w:rsidR="008822F0" w:rsidRDefault="008822F0">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="772EA051" w14:textId="77777777" w:rsidR="008822F0" w:rsidRPr="00310393" w:rsidRDefault="008822F0" w:rsidP="008822F0">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Declaration</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B921E1E" w14:textId="77777777" w:rsidR="007F3282" w:rsidRDefault="007F3282" w:rsidP="007F3282">
-[...55 lines deleted...]
-    <w:p w14:paraId="5A6CBC4E" w14:textId="77777777" w:rsidR="006D2BB9" w:rsidRDefault="006D2BB9" w:rsidP="007F3282">
+    <w:p w14:paraId="52C948DF" w14:textId="77777777" w:rsidR="008822F0" w:rsidRDefault="008822F0" w:rsidP="008822F0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If you know that any of the information that you have given in this application form is false or if you have knowingly omitted or concealed any relevant fact about your eligibility for employment which comes to our attention, then your application form may be withdrawn from the recruitment process.  Please note that checks may be carried out in order to verify the information you have included. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EFD8030" w14:textId="77777777" w:rsidR="008822F0" w:rsidRDefault="008822F0" w:rsidP="008822F0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Providing false information is an offence and may result in this application being rejected.  If such a discovery is made after you have been appointed, then you may be liable to be dismissed summarily.  You may also be reported to the Teaching Regulation Agency (TRA) (England only) or the Education Workforce Council (Wales only) and/or the Police, if appropriate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E2B5781" w14:textId="77777777" w:rsidR="008822F0" w:rsidRDefault="008822F0" w:rsidP="008822F0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">By signing below I hereby certify that all the information given by me both on this form and in any supplementary pages and/or the supporting evidence provided, is correct to the best of my knowledge and belief, that all the questions relating to me have been fully answered and that I possess all the qualifications that I claim to hold.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC8ADD4" w14:textId="77777777" w:rsidR="008822F0" w:rsidRDefault="008822F0" w:rsidP="008822F0">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>I acknowledge that it is my responsibility as the applicant, if invited for interview, to disclose information to the panel which may affect my suitability and/or eligibility to work with children and/or vulnerable adults.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1880DAE6" w14:textId="77777777" w:rsidR="006D2BB9" w:rsidRDefault="006D2BB9" w:rsidP="007F3282">
-[...31 lines deleted...]
-      <w:r w:rsidR="006E394A">
+    <w:p w14:paraId="60C1802C" w14:textId="77777777" w:rsidR="008822F0" w:rsidRDefault="008822F0" w:rsidP="008822F0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A5EEFDF" w14:textId="77777777" w:rsidR="008822F0" w:rsidRDefault="008822F0" w:rsidP="008822F0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Signature: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1661695353"/>
+          <w:placeholder>
+            <w:docPart w:val="FCB6248B87B04BD2976F39139C08FD0C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="272540B0" w14:textId="77777777" w:rsidR="008822F0" w:rsidRDefault="008822F0" w:rsidP="008822F0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B2F7162" w14:textId="77777777" w:rsidR="008822F0" w:rsidRDefault="008822F0" w:rsidP="008822F0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Date: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="282306983"/>
+          <w:placeholder>
+            <w:docPart w:val="574837CC484C4AE7886056698DA09FCF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="en-GB"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="461DA773" w14:textId="77777777" w:rsidR="008822F0" w:rsidRDefault="008822F0" w:rsidP="008822F0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AADC15D" w14:textId="77777777" w:rsidR="008822F0" w:rsidRPr="008822F0" w:rsidRDefault="008822F0" w:rsidP="008822F0">
+      <w:pPr>
         <w:rPr>
-          <w:noProof/>
+          <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006E394A">
+      </w:pPr>
+      <w:r w:rsidRPr="008822F0">
         <w:rPr>
-          <w:noProof/>
-[...109 lines deleted...]
-          <w:i/>
+          <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t>(The post will be subject to the terms and conditions of the appropriate Catholic Education Service model contract, a copy of which will be provided to you before interview if you are shortlisted).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32D95D5F" w14:textId="77777777" w:rsidR="001D52F7" w:rsidRPr="001D52F7" w:rsidRDefault="001D52F7" w:rsidP="00BF3AC1">
-[...10 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId22"/>
+    <w:p w14:paraId="76DFFDC6" w14:textId="77777777" w:rsidR="004C322A" w:rsidRDefault="004C322A" w:rsidP="004C322A"/>
+    <w:sectPr w:rsidR="004C322A" w:rsidSect="00E04DD9">
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:pgBorders w:offsetFrom="page">
-[...4 lines deleted...]
-      </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D148D19" w14:textId="77777777" w:rsidR="00575BEB" w:rsidRDefault="00575BEB" w:rsidP="00BF3AC1">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="1ADF54F8" w14:textId="77777777" w:rsidR="00A31069" w:rsidRDefault="00A31069" w:rsidP="00E533C1">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05407EC1" w14:textId="77777777" w:rsidR="00575BEB" w:rsidRDefault="00575BEB" w:rsidP="00BF3AC1">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="0C47EEBC" w14:textId="77777777" w:rsidR="00A31069" w:rsidRDefault="00A31069" w:rsidP="00E533C1">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="416BD873" w14:textId="77777777" w:rsidR="000F6F48" w:rsidRDefault="000F6F48">
-[...9 lines deleted...]
-  <w:p w14:paraId="0D3093CA" w14:textId="1DD3D7CF" w:rsidR="00021FC3" w:rsidRDefault="00021FC3">
+  <w:p w14:paraId="2A652650" w14:textId="77777777" w:rsidR="00C96E15" w:rsidRDefault="00C96E15" w:rsidP="00C96E15">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Model Application Form – Support Staff – September 2013 – updated </w:t>
-[...27 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">Model Application Form – Support Staff – September 2013 – updated December 2020 </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1BA25479" w14:textId="77777777" w:rsidR="00021FC3" w:rsidRPr="00BF3AC1" w:rsidRDefault="00021FC3">
+  <w:p w14:paraId="057B96E5" w14:textId="77777777" w:rsidR="00E04DD9" w:rsidRPr="00C96E15" w:rsidRDefault="00C96E15">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>THE CATHOLIC EDUCATION SERVICE ©</w:t>
     </w:r>
-  </w:p>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:r w:rsidR="00E04DD9">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wpg">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20465B7A" wp14:editId="46300B52">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-967740</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-3543234</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="8655050" cy="4229100"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1879685126" name="Group 1"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                  <wpg:wgp>
+                    <wpg:cNvGrpSpPr/>
+                    <wpg:grpSpPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="8655050" cy="4229100"/>
+                        <a:chOff x="0" y="0"/>
+                        <a:chExt cx="8655050" cy="4229100"/>
+                      </a:xfrm>
+                    </wpg:grpSpPr>
+                    <wps:wsp>
+                      <wps:cNvPr id="1417296028" name="Rectangle: Single Corner Rounded 1"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm flipH="1">
+                          <a:off x="5130140" y="3740727"/>
+                          <a:ext cx="2489200" cy="287020"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="round1Rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="8A67AC"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="8A67AC"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="3D3A7815" w14:textId="77777777" w:rsidR="00E04DD9" w:rsidRPr="008A5A2C" w:rsidRDefault="00E04DD9" w:rsidP="00E04DD9">
+                            <w:pPr>
+                              <w:pStyle w:val="NoSpacing"/>
+                              <w:spacing w:before="0"/>
+                              <w:jc w:val="right"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008A5A2C">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t>Aspire</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008A5A2C">
+                              <w:t xml:space="preserve"> not to have more, but </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008A5A2C">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t>to be more</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                    <wpg:grpSp>
+                      <wpg:cNvPr id="163721177" name="Group 1"/>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="8655050" cy="4229100"/>
+                          <a:chOff x="0" y="3810"/>
+                          <a:chExt cx="8655346" cy="4229130"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="625976972" name="Picture 2" descr="A black cross with a curved line&#10;&#10;AI-generated content may be incorrect."/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId1">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="4635796" y="3810"/>
+                            <a:ext cx="4019550" cy="3733800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <wps:wsp>
+                        <wps:cNvPr id="2019293152" name="Rectangle 3"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="4029740"/>
+                            <a:ext cx="7687310" cy="203200"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="262A4E"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="2">
+                            <a:schemeClr val="accent1">
+                              <a:shade val="15000"/>
+                            </a:schemeClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="lt1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:grpSp>
+                  </wpg:wgp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:group w14:anchorId="20465B7A" id="Group 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-76.2pt;margin-top:-279pt;width:681.5pt;height:333pt;z-index:251665408" coordsize="86550,42291" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAZI0LN1gQAAK8OAAAOAAAAZHJzL2Uyb0RvYy54bWzsV11v2zYUfR+w/0Bo&#10;wN4S68O2bC1OYThNGiBog6RDn2mKsohQJEfSX/v1uyQl2U6ytsiwPvUhCmmSl5dH555DXbzbNRxt&#10;qDZMilmUnMcRooLIkonVLPrz8/XZJELGYlFiLgWdRXtqoneXv/5ysVUFTWUteUk1giDCFFs1i2pr&#10;VTEYGFLTBptzqaiAwUrqBlvo6tWg1HgL0Rs+SON4PNhKXSotCTUGfr0Kg9Glj19VlNhPVWWoRXwW&#10;QW7WP7V/Lt1zcHmBi5XGqmakTQO/IYsGMwGb9qGusMVordmLUA0jWhpZ2XMim4GsKkaoPwOcJomf&#10;neZGy7XyZ1kV25XqYQJon+H05rDk4+ZGq0d1rwGJrVoBFr7nzrKrdOP+Q5Zo5yHb95DRnUUEfpyM&#10;R6N4BMgSGBum6TSJW1BJDci/WEfq999YOeg2Hpyks1VAEHPAwPw3DB5rrKiH1hSAwb1GrAT+DpM8&#10;nY7jFFgrcAN8fQAGYbHitECPwC9O0UJqAZR9kGtR0hIljkIuOYjSw2gKA4h2GKKKM/UBonuGtGiO&#10;kixOhgAc4JblwzhP80DGDtl0OJkCwwOy6SSPUw9sDw8ulDb2hsoGucYsArKIMnEJ+33w5s5YyA0W&#10;dBNdQkZyVl4zzn1Hr5YLrtEGQ3lM5uN8vnBJwJKTaVy8bSXEcUvhRXaA+Jbdc+oCcvFAK8AdaJT6&#10;lH3V0z4hTAgVNqBmalzSkGcyigPHXJpOJ9wKn7QP6CJXcL4+dhugmxmCdLHDadv5bin1otEvjr+W&#10;WFjcr/A7S2H7xQ0TUr8WgMOp2p3D/A6kAI1Dye6WO5jimktZ7oGgWgb1MopcM3jjd9jYe6xBroAk&#10;IMH2EzwqLrezSLatCNVS//3a724+VBCMRmgL8jeLzF9rrGmE+K2A2pomQ0dO6zvDUQ7kQ/p4ZHk8&#10;ItbNQgKFEhB7RXzTzbe8a1ZaNl9AqeduVxjCgsDes4hY3XUWNsgyaD2h87mfBhqpsL0Tj4p05eO4&#10;/Hn3BWvV0t5CwXyUXT3j4hnvw1z3aoScr62smC+KA64t9KAtRwIYmkfCMM7yNEnyvNMFL81d8a9c&#10;8f8YGc0mSa+vx0qaDcdHGpydSsWpkipGCvhr3QRaL5T0264Lq+zasSU4d/NdMRqsn9bqLLxUtmSc&#10;2b03cSgRl5TY3DPiZNN1DtiP09E0H0/ztMMeZrnNEfxQUkOANnO05Jg8IeetBm2ZrRFGZK03INCc&#10;Cfr7b7v5H/4xvz1bUdBvbGGIQPGBwqAG79GSIgYXF61BP89dcXZJhJRARBm5k+TJICEXNVgCnRsF&#10;cx0vXSmfTvfdk/MswQM62XXtFjlI/pmVvwJ+uCZcSbJuIN1w79GUYwuXLlMzZaDWCtosaQkucFv6&#10;hEAbraaW1Ac9JK0d9AM+y0Ni7gjHvuVWtm41HGejfAoUc27VU7CzqmGcTOEaEAiY5Vk26QW6u0N0&#10;FtR51VddyucVMvFNSCwo4f9+AYBL2DSdZsmoJ1t/AUCZe89ON/7d6Y8QAzTcjShOp2DubiVYS3vz&#10;yceTPIMy9nemNM6cyzsKdRefg2F/F1rPzNoce3o6TufD9230VzxdSMfJsPlPq36jVf/05x/lzwcj&#10;867tv4p84bRfcO6z67jvZx2+My//AQAA//8DAFBLAwQKAAAAAAAAACEAdVKfPtgQAADYEAAAFAAA&#10;AGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAAAaYAAAGICAYAAAAK10RFAAAA&#10;GXRFWHRTb2Z0d2FyZQBBZG9iZSBJbWFnZVJlYWR5ccllPAAAAyZpVFh0WE1MOmNvbS5hZG9iZS54&#10;bXAAAAAAADw/eHBhY2tldCBiZWdpbj0i77u/IiBpZD0iVzVNME1wQ2VoaUh6cmVTek5UY3prYzlk&#10;Ij8+IDx4OnhtcG1ldGEgeG1sbnM6eD0iYWRvYmU6bnM6bWV0YS8iIHg6eG1wdGs9IkFkb2JlIFhN&#10;UCBDb3JlIDkuMS1jMDAzIDc5Ljk2OTBhODdmYywgMjAyNS8wMy8wNi0yMDo1MDoxNiAgICAgICAg&#10;Ij4gPHJkZjpSREYgeG1sbnM6cmRmPSJodHRwOi8vd3d3LnczLm9yZy8xOTk5LzAyLzIyLXJkZi1z&#10;eW50YXgtbnMjIj4gPHJkZjpEZXNjcmlwdGlvbiByZGY6YWJvdXQ9IiIgeG1sbnM6eG1wPSJodHRw&#10;Oi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvIiB4bWxuczp4bXBNTT0iaHR0cDovL25zLmFkb2JlLmNv&#10;bS94YXAvMS4wL21tLyIgeG1sbnM6c3RSZWY9Imh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC9z&#10;VHlwZS9SZXNvdXJjZVJlZiMiIHhtcDpDcmVhdG9yVG9vbD0iQWRvYmUgUGhvdG9zaG9wIDI2Ljcg&#10;KFdpbmRvd3MpIiB4bXBNTTpJbnN0YW5jZUlEPSJ4bXAuaWlkOkIyRjY3NkQ1MzcyNTExRjBCQjM1&#10;QzlGNkJFMTQ2MzY1IiB4bXBNTTpEb2N1bWVudElEPSJ4bXAuZGlkOkIyRjY3NkQ2MzcyNTExRjBC&#10;QjM1QzlGNkJFMTQ2MzY1Ij4gPHhtcE1NOkRlcml2ZWRGcm9tIHN0UmVmOmluc3RhbmNlSUQ9Inht&#10;cC5paWQ6QjJGNjc2RDMzNzI1MTFGMEJCMzVDOUY2QkUxNDYzNjUiIHN0UmVmOmRvY3VtZW50SUQ9&#10;InhtcC5kaWQ6QjJGNjc2RDQzNzI1MTFGMEJCMzVDOUY2QkUxNDYzNjUiLz4gPC9yZGY6RGVzY3Jp&#10;cHRpb24+IDwvcmRmOlJERj4gPC94OnhtcG1ldGE+IDw/eHBhY2tldCBlbmQ9InIiPz46TrjBAAAN&#10;SElEQVR42uzd63IcxRmA4TEytmPAx+IYSCAk/OEmuARfqi5BN6H8IUBMjKPV0ZIl62DJSn/ZUZWg&#10;bB17pntmn6dqsgmx1+vWDu/27EzPjePj4wa6tjC/+EV6+NxIDNp/f3jy/XPDQNfeMwQACBMACBMA&#10;wgQAwgSAMAGAMAEgTAAgTAAIEwAIEwAIEwDCBADCBIAwAYAwASBMACBMAAgTAAgTAMIEAMIEAMIE&#10;gDABgDABIEwAIEwACBMACBMAwgQAwgSAMAGAMAGAMAEgTAAgTAAIEwAIEwDCBADCBIAwAYAwASBM&#10;ACBMACBMAAgTAAgTAMIEAMIEgDABgDABIEwAIEwACBMACBMACBMAwgQAwgSAMAGAMAEgTAAgTAAI&#10;EwAIEwDCBADCBADCBIAwAYAwASBMACBMAAgTAAgTAMIEAMIEgDABgDABgDABIEwAIEwACBMACBMA&#10;wgQAwgSAMAGAMAEgTIYAAGECAGECQJgAQJgAECYAECYAhAkAhAkAYQIAYQIAYQJAmABAmAAQJgAQ&#10;JgCECQCECQBhAgBhAkCYAECYAECYABAmABAmAIQJAIQJAGECgKxuGgIYteO0HabtIG2v/7Adpe1N&#10;+3h6O+u5QJiAC4nw7KVtv308+e8HPzz5XlAQJqBTEZxXp7cUn0PDgjABfYn4vGy37RShI0OCMAF9&#10;isNwm0KEMAGlHLcRihhtphDtGxKECSgRowjRetq2zIpAmKCUl22MNsQIhAlKiUNzq2lbSzF6bThA&#10;mKCEk0N1K830UJ0RAWGCIl63MVo1OwJhgpLiFO9JMz1cZ6UFECYoZidtS2l74XAdCBOUDtJvKUYv&#10;DQUIE5QUywM9T0HaNBQgTFBSfIf0vJlef2Q0QJigmKM2SCtOagBhgpIiQnFR7HO3lICew7Qwv/iR&#10;YaAHtwb0WuOEhv+kIO3Owg8m/TtgLj3E9t6pRyg6Y/rOMMD/xczoWTO9FmkMwTn5QHCn3d4/td1q&#10;H+f82KnMlkN5MLXRzpIGuVpDilDsy3fT9kH7eLuN0Q0/WgZmIkzMugjRrylILwYUoYjNn9IWh+E/&#10;bEN0y4+SEXiV9kUzJmbaehul6m8/kWIUs5/7p2LkEByjnC3FfwgTs+ioDdJ65bOij9oYPTAjYgYc&#10;NNND6sLEzNlO2y8pSgcVx+hRGyOzImbJ8sm1gsLELIkLZZdqu1A2BSlOWHictof2SWZUHMVYOfkf&#10;dgJmwWE7S9qqKEZz7czo42Z6IgPMslhZ5Y0wMSti0dWfajl0l4J0t41RRMmFrDBdZWX59D8QJsZs&#10;rZme5PCmgiDdSw+fpu2eHwv8fj/94/WDwsRYP4HFxbIrhWMUJzPE90afNQ7XwbtM/vgPhImxiS9R&#10;fy75fVK7FFAcqvu8ma6+ALzdZtpX94SJMYvvkX582xu9xyg9aIN0148DzrX0tn8oTIxFnOTwr1Jr&#10;3bWnfH/VTNeqA863k/bXbWFirOI2FT+VWFooBSlW6P5zM70OCbi4ybv+D2Fi6GLx1Z/7vmi2PbEh&#10;zrKLw3ZO+4bL2W/a5YeEibGJ08GfFohSHK77unFiA1x5tnTWPc+EiaGKU8F/7fOGfilIMTOKw3af&#10;GH64ssP2Q6UwIUrXjFJcGPvXxirfcO3997yL3oUJUTo7SPFd0pdmSZBFBGn5vF8kTAzJWs9RitUa&#10;vmms2gDZ9uG0/x4KE2MRZ/A87TFKsdBqXJd0w9BDNpOL/CJhYghieaFf+jj7rj3BIb5LemTYIasX&#10;aR/eFybG4OS2FX1E6XZ6+LZx6A66sHTRXyhM1Cw+Xf3Yx20rUpTuN9Pvk9zOHPLbTvvxjjAxdIdt&#10;lA67/oNSlOKMu68MOXRmcplfLEzUKA7b/XTR49HXCFKc2BAXzH5qyKEzsdr/C2Fi6J6+a9XhjFGK&#10;kxzi0N0Dww3dzpYuezatMFGb5fQmXus4SvE90j8at6iArsVtaNYv+5uEiZrELOlZx1GK9/x3jTPv&#10;oA8rVzl5SZio6ZNVp7evSFG61c6UrAoO3YsgrVzlNwoTNThuo9TZ3Wfba5QiSrcNN/Ri9apn1brB&#10;GTV41uXJDqdmSqIE/X3YnFz1NwsTpW02F1ht+BpROvlOSZSgP7H80IEwMUQxze9sYVZRgmKWrvOb&#10;hYmS/t3V90rtdUp/b5x9B317mfbrV8LEEMVppJsdRSlWdPhb4zolKGFy3ScQJkqIJUq6vF4p1r27&#10;b5ihd7vN9HtjYWJwnna1YniaLcW6dx8bYigzW8rxnbEw0beVrk4NT1GKde++NMRQxJWWHxImSovT&#10;R3/rKEqxmsM3hhiKzpayrNwiTPTp1/TGPeogSrEo67fez1BM7NeruZ7MjkxfNro4Cy9FKR6+bqx/&#10;ByWt5vzQKUz0IU506OosvM8a91SCkuLwXdbVW4SJPixdZ3mSM2ZLcZ3SF4YXitrIvX8LE12LN+wk&#10;95O23yvFyQ43DDGU/eCZ+wmFia496+iapbiI1hp4UNZW2r93hYkh2U5v2o0OZksP08NjwwvFTbp4&#10;UmGi09lSB1GKFcP/YmihuFfpg+eWMDEkm+lNu9PB80aU3HkZRjpbEia69LyD2VIszPrQ0EJxcVLT&#10;RldPLkx0YeO692N5S5TmGofwoJrZUq7lh4SJwc6Wmun1SrcMLRSXdfkhYaIP6+mT1F7m2VLchdat&#10;LKAOK13dtkaY6GyK38Fzxq0sXEgL5WVffkiY6NpWB98txTp49wwtVGEt7eOvhYmZnS2lKN1o3PgP&#10;RruPCxNd2+3gYrv4XsmyQ1CHzdzfHwsTXcu6kGOaLcV78zPDCuPcx4WJrh02+S+2i9nS+4YWqrCT&#10;ZkvbwsSQrOW82M5sCaoz6fMPEyZyWMn8fJ821sODWuw3HS4/JEx0IU4R3888W/rEsEI9s6W0j/f6&#10;BwoT15V7aZJHZktQjfj+eK3vP1SYuO6b9kXG2VI8+G4J6tH58kPCRG4bmVcYjlUeXLcEdYggLZf4&#10;g4WJ61jP/Hy+W4J6xNm2h8LEkMSNwrJd17Awv3gnPXxkWKEak1J/sDBx5dlS5jN13NYC6rGR82xb&#10;YaK3MGWcLcX78LEhBbMlYeKq9tOnqd2Mz/cwbXOGFaqwnfbvHWFiaDYzP5/ZEtRjqfQLECaKhmlh&#10;fjEWanXSA9Rhr4MPnsJE547S9jLj8z00pFCN3pcfEiZy2Mp8Ue0jQwpViFumr9XwQoSJy8p5GC9W&#10;efjAkEIVljN/6BQmepPzMN4DwwlViOWHVmp5McLEZcRp4gcZn+++IYUqrKZ9+0iYmOnZ0sL8Yly3&#10;9KEhheLi8N2kphckTFzGdsbnupe2G4YUitvIfCREmBjmjKlxGA9qMantBQkTF3WQ+VPVPUMK5T9s&#10;pv36lTAxVNnWzmpPE3/fkEJxSzW+KGHionJ+qrIEEZQXCzFvCRPCNOVsPCiviuWHhAkzJiDE8kPr&#10;tb44YeIi4sSHwxxPtDC/eDM93DKkUHy2dFzrixMm+p4t3TWcUFSs8LBa8wsUJi5iL+NzWbQVyqpq&#10;+SFhooYwmTFBOXH4brn2FylMXMS+MMEorNe2/JAwUXTGtDC/GO83Jz5AOZMhvEhh4jxHuc7IS+4Y&#10;Tigm7j69K0yYLf3ebcMJxSwN5YUKE+fJeTzajAnKeJVmSy+H8mKFifO8NmOCwZsM6cUKE8IE4xZH&#10;PTaECWF6O7e6gAKzpZqXHxImhAlmS/XLDwkTVz0McG0L84tz3m/Qu5U0W3ojTIzxE5fZEgzPIJYf&#10;EiauItenrZuGEnq1lmZLr4f4woWJM2VchXjOaEKvJkN94cLEWXIujS9M0J/N9KFyb6gvXpg4yxvv&#10;NRikpSG/eP+ywIwJxmUnzZa2hYmxynlRnjBBPyZD/wsIE8B4xE09N4b+lxAmgBHNln548v3g/xLC&#10;BDAOcUPPtTH8RYQJYByWh7j8kDABjFMEaWUsf5lYJmbXz5R32DMEnBLL2xwahiq9SLOl0fxsbqa/&#10;zD/9TIELWE3/vnhuGOiaQ3kACBMACBMAwgQAwgSAMAGAMAEgTAAgTAAIEwAIEwAIEwDCBADCBIAw&#10;AYAwASBMACBMAAgTAAgTAMIEAMIEAMIEgDABgDABIEwAIEwACBMACBMAwgQAwgSAMAGAMAGAMAEg&#10;TAAgTAAIEwAIEwDCBADCBIAwAYAwASBMACBMACBMAAgTAAgTAMIEAMIEgDABgDABIEwAIEwACBMA&#10;CBMACBMAwgQAwgSAMAGAMAEgTAAgTAAIEwAIEwDCBADCBADCBIAwAYAwASBMACBMAAgTAAgTAMIE&#10;AMIEgDABgDABgDABIEwAIEwACBMACBMAwgQAwgSAMAGAMAGAMAEgTAAgTAAIEwAIEwDCBADCBIAw&#10;AYAwASBMACBMACBMAAgTAAgTAMIEAMIEgDABgDABIEwAIEwACBMACBMACBMAwgQAwgSAMAGAMAEg&#10;TAAgTAAIEwAIEwDCBADCBADCBIAwAYAwASBMACBMAAgTAAgTAMIEAMIEgDABgDABgDABIEwAIEwA&#10;CBMACBMAwgQAwgSAMAGAMAEgTAAgTAAgTAAIEwAIEwBD9D8BBgBvutj3/ruxZAAAAABJRU5ErkJg&#10;glBLAwQUAAYACAAAACEAAohVaOIAAAAOAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwWrDMBBE74X+&#10;g9hAb4kktw7BsRxCaHsKhSaF0ptibWwTSzKWYjt/382pvc3uDrNv8s1kWzZgHxrvFMiFAIau9KZx&#10;lYKv49t8BSxE7YxuvUMFNwywKR4fcp0ZP7pPHA6xYhTiQqYV1DF2GeehrNHqsPAdOrqdfW91pLGv&#10;uOn1SOG25YkQS2514+hDrTvc1VheDler4H3U4/ZZvg77y3l3+zmmH997iUo9zabtGljEKf6Z4Y5P&#10;6FAQ08lfnQmsVTCXafJCXlJpuqJad08ixRLYiZSgFS9y/r9G8QsAAP//AwBQSwMEFAAGAAgAAAAh&#10;AKomDr68AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6W&#10;nUUoxbI3oeBtSA4wSGNZxBoJSS317SPIJoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8J&#10;Ihdkg2tgUrBRhnHYffRnWrHUUV5czKJSOCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9&#10;M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//&#10;AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAZI0LN1gQAAK8OAAAOAAAAAAAAAAAAAAAAADoCAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQB1Up8+2BAAANgQAAAUAAAAAAAAAAAAAAAAADwH&#10;AABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQItABQABgAIAAAAIQACiFVo4gAAAA4BAAAPAAAAAAAA&#10;AAAAAAAAAEYYAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAA&#10;AAAAAAAAAAAAAABVGQAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAABI&#10;GgAAAAA=&#10;">
+              <v:shape id="Rectangle: Single Corner Rounded 1" o:spid="_x0000_s1027" style="position:absolute;left:51301;top:37407;width:24892;height:2870;flip:x;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" coordsize="2489200,287020" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDe+l55yQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bb8Iw&#10;DIXvk/YfIk/abaSUqaOFgLZJY7vCuHCzGtMGGqdqMij/fj5M2tF+z+99Xq5H36kLDdEFNjCdZKCI&#10;62AdNwb23x9Pc1AxIVvsApOBG0VYr+7vlljZcOUtXXapURLCsUIDbUp9pXWsW/IYJ6EnFu0YBo9J&#10;xqHRdsCrhPtO51lWaI+OpaHFnt5bqs+7H29g/obJ7fW5POWHuCldMcOZ+zTm8WF8XYBKNKZ/89/1&#10;lxX85+lLXhZZLtDykyxAr34BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA3vpeeckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" adj="-11796480,,5400" path="m,l2441362,v26420,,47838,21418,47838,47838l2489200,287020,,287020,,xe" fillcolor="#8a67ac" strokecolor="#8a67ac" strokeweight="1pt">
+                <v:stroke joinstyle="miter"/>
+                <v:formulas/>
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;2441362,0;2489200,47838;2489200,287020;0,287020;0,0" o:connectangles="0,0,0,0,0,0" textboxrect="0,0,2489200,287020"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="3D3A7815" w14:textId="77777777" w:rsidR="00E04DD9" w:rsidRPr="008A5A2C" w:rsidRDefault="00E04DD9" w:rsidP="00E04DD9">
+                      <w:pPr>
+                        <w:pStyle w:val="NoSpacing"/>
+                        <w:spacing w:before="0"/>
+                        <w:jc w:val="right"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008A5A2C">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t>Aspire</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008A5A2C">
+                        <w:t xml:space="preserve"> not to have more, but </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008A5A2C">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t>to be more</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+              <v:group id="_x0000_s1028" style="position:absolute;width:86550;height:42291" coordorigin=",38" coordsize="86553,42291" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBZ+pvQxwAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9da8Iw&#10;FH0X9h/CHexN0yizozOKyBx7kIF1MPZ2aa5tsbkpTWzrv18GAx8P53u1GW0jeup87ViDmiUgiAtn&#10;ai41fJ320xcQPiAbbByThht52KwfJivMjBv4SH0eShFD2GeooQqhzaT0RUUW/cy1xJE7u85iiLAr&#10;pelwiOG2kfMkWUqLNceGClvaVVRc8qvV8D7gsF2ot/5wOe9uP6fnz++DIq2fHsftK4hAY7iL/90f&#10;Js5fLtK5UmkKf5ciBrn+BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFn6m9DHAAAA4gAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="Picture 2" o:spid="_x0000_s1029" type="#_x0000_t75" alt="A black cross with a curved line&#10;&#10;AI-generated content may be incorrect." style="position:absolute;left:46357;top:38;width:40196;height:37338;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBCMjU3ywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW8iG660FhTVylFi5ciporX1+xrEsy+DdnVpP/eLRR6HGbmG2axGmwjrtT52rGGx2kC&#10;grhwpuZSw+FzM3kG4QOywcYxafghD6vl/d0CM+N63tM1D6WIEPYZaqhCaDMpfVGRRT91LXH0vl1n&#10;MUTZldJ02Ee4baRKklRarDkuVNjSW0XFOb9YDeH0lZ+Lj0bhHt93R7Ubt/16rPXoYXh9ARFoCP/h&#10;v/bWaEjV03yWzmcKfi/FOyCXNwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBCMjU3ywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
+                  <v:imagedata r:id="rId2" o:title="A black cross with a curved line&#10;&#10;AI-generated content may be incorrect"/>
+                </v:shape>
+                <v:rect id="Rectangle 3" o:spid="_x0000_s1030" style="position:absolute;top:40297;width:76873;height:2032;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAS71QHzAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RS8Mw&#10;FIXfhf2HcAe+uaQVZavLhlYdFiboFNS3S3Nti81NSeJW/70RhD0ezjnf4SzXo+3FnnzoHGvIZgoE&#10;ce1Mx42G15f7szmIEJEN9o5Jww8FWK8mJ0ssjDvwM+13sREJwqFADW2MQyFlqFuyGGZuIE7ep/MW&#10;Y5K+kcbjIcFtL3OlLqXFjtNCiwOVLdVfu2+rYVu+35Rq8+YrWW2ebu9ctcXHD61Pp+P1FYhIYzyG&#10;/9sPRkOuskW+OM8ucvj7lP6AXP0CAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAEu9UB8wA&#10;AADjAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" fillcolor="#262a4e" stroked="f" strokeweight="1pt"/>
+              </v:group>
+            </v:group>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="698C685E" w14:textId="77777777" w:rsidR="000F6F48" w:rsidRDefault="000F6F48">
+  <w:p w14:paraId="6A9137B0" w14:textId="77777777" w:rsidR="00E533C1" w:rsidRDefault="00E04DD9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wpg">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C2F24E0" wp14:editId="77A68847">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>6731635</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>175895</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="7686675" cy="488315"/>
+              <wp:effectExtent l="0" t="0" r="9525" b="6985"/>
+              <wp:wrapThrough wrapText="bothSides">
+                <wp:wrapPolygon edited="0">
+                  <wp:start x="14346" y="0"/>
+                  <wp:lineTo x="0" y="11797"/>
+                  <wp:lineTo x="0" y="21066"/>
+                  <wp:lineTo x="21573" y="21066"/>
+                  <wp:lineTo x="21573" y="12640"/>
+                  <wp:lineTo x="21520" y="0"/>
+                  <wp:lineTo x="14346" y="0"/>
+                </wp:wrapPolygon>
+              </wp:wrapThrough>
+              <wp:docPr id="404781214" name="Group 1"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                  <wpg:wgp>
+                    <wpg:cNvGrpSpPr/>
+                    <wpg:grpSpPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="7686675" cy="488315"/>
+                        <a:chOff x="0" y="3740727"/>
+                        <a:chExt cx="7687047" cy="488382"/>
+                      </a:xfrm>
+                    </wpg:grpSpPr>
+                    <wps:wsp>
+                      <wps:cNvPr id="881282118" name="Rectangle: Single Corner Rounded 1"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm flipH="1">
+                          <a:off x="5130140" y="3740727"/>
+                          <a:ext cx="2489200" cy="287020"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="round1Rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="8A67AC"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="8A67AC"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="11F00ECF" w14:textId="77777777" w:rsidR="00E04DD9" w:rsidRPr="008A5A2C" w:rsidRDefault="00E04DD9" w:rsidP="00E04DD9">
+                            <w:pPr>
+                              <w:pStyle w:val="NoSpacing"/>
+                              <w:spacing w:before="0"/>
+                              <w:jc w:val="right"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008A5A2C">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t>Aspire</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008A5A2C">
+                              <w:t xml:space="preserve"> not to have more, but </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008A5A2C">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t>to be more</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                    <wps:wsp>
+                      <wps:cNvPr id="393079453" name="Rectangle 3"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="4025910"/>
+                          <a:ext cx="7687047" cy="203199"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="262A4E"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </wpg:wgp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:group w14:anchorId="3C2F24E0" id="_x0000_s1031" style="position:absolute;margin-left:530.05pt;margin-top:13.85pt;width:605.25pt;height:38.45pt;z-index:251663360;mso-width-relative:margin;mso-height-relative:margin" coordorigin=",37407" coordsize="76870,4883" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBFthR3gQMAABALAAAOAAAAZHJzL2Uyb0RvYy54bWzsVstu2zoQ3RfoPxDcN3pYtmQhSmG4TVog&#10;SIOkRdc0RdkCKJIl6cjp13dISnIexb2AL25X3dCkODOcOTxzzPP3h46jB6ZNK0WFk7MYIyaorFux&#10;rfC3r5fvCoyMJaImXApW4Udm8PuLt2/Oe1WyVO4kr5lGEESYslcV3lmryigydMc6Ys6kYgI2G6k7&#10;YmGpt1GtSQ/ROx6lcbyIeqlrpSVlxsDXD2ETX/j4TcOo/dI0hlnEKwy5WT9qP27cGF2ck3Kridq1&#10;dEiDnJBFR1oBh06hPhBL0F63r0J1LdXSyMaeUdlFsmlaynwNUE0Sv6jmSsu98rVsy36rJpgA2hc4&#10;nRyW3jxcaXWvbjUg0astYOFXrpZDozv3C1mig4fscYKMHSyi8DFfFItFPseIwl5WFLNkHjClOwD+&#10;6DbLszhP83Hv49E9j7P86F6kziQaD4+epdQrIIk54mD+Gw73O6KYh9eUgMOtRm1d4aJI0iJNEiCu&#10;IB1Q9g5IRMSWsxLdA8U4Q2upBbD2Tu5FzWqUuJRdbhBkQtKUBkAdYUQNb9UnaBBPkgHQeTKLkwxY&#10;CdA9w2cEN82KJZA8oJMWeZx6wk7okFJpY6+Y7JCbVBj4IurEJezPIQ/XxgY4R0OXkJG8rS9bzv1C&#10;bzdrrtEDgQ4pVot8tR5u4JkZF6d5Qq7OFe5xBMTP7CNnLiAXd6wB2IFJqU/ZNz6bEiKUMmEDamZH&#10;ahbyTOYxwBIqmzw8bXxAF7mB+qbYQwAnKq9jhzCDvXNlXjcm5/ifEgvOk4c/WQo7OXetkPp3AThU&#10;NZwc7EeQAjQOJXvYHDwlJ4JtZP0INNUy6JhR9LKFi78mxt4SDcIFXAExtl9gaLjsKyyHGUY7qX/+&#10;7ruzhz6CXYx6EMIKmx97ohlG/LOADlsmmeOo9YtsngMHkX66s3m6I/bdWgKTEpB9Rf3U2Vs+Thst&#10;u++g2St3KmwRQeHsClOrx8XaBoEG1adstfJmoJaK2Gtxr+jYRY7SXw/fiVYD+y30zY0cu5qUL+gf&#10;bN0NCbnaW9m0vjcc0gHX4QZAYUI7/+9SM1vO4nyZzWevpAbN/l1TXCXPpDmL0/kyGf7TRg0BgT4q&#10;bBrPkuVy4N0o76M0jBpysnqki3SVfRzb8qnIBPUQ0olOIP1fUThRFP5KwJ+SAP/2gGeX/18Znoju&#10;Xfd07SXj+JC9+AUAAP//AwBQSwMEFAAGAAgAAAAhAHt8k6TgAAAADAEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FLw0AQhe+C/2EZwZvdTdREYjalFPVUBFtBvG2TaRKanQ3ZbZL+e6cne3y8jzff5MvZ&#10;dmLEwbeONEQLBQKpdFVLtYbv3fvDCwgfDFWmc4QazuhhWdze5Car3ERfOG5DLXiEfGY0NCH0mZS+&#10;bNAav3A9EncHN1gTOA61rAYz8bjtZKxUIq1piS80psd1g+Vxe7IaPiYzrR6jt3FzPKzPv7vnz59N&#10;hFrf382rVxAB5/APw0Wf1aFgp707UeVFx1klKmJWQ5ymIJiI41QlIPaX7ikBWeTy+oniDwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEW2FHeBAwAAEAsAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHt8k6TgAAAADAEAAA8AAAAAAAAAAAAAAAAA2wUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADoBgAAAAA=&#10;">
+              <v:shape id="Rectangle: Single Corner Rounded 1" o:spid="_x0000_s1032" style="position:absolute;left:51301;top:37407;width:24892;height:2870;flip:x;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" coordsize="2489200,287020" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDzfx2fxAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE87b8Iw&#10;EN6R+h+sQ+oGToKEkhSDaKU+1gJLt1N8JIb4HMUupP++N1Tq+Ol7b3aT79WNxugCG8iXGSjiJljH&#10;rYHT8XVRgooJ2WIfmAz8UITd9mG2wdqGO3/S7ZBaJSEcazTQpTTUWsemI49xGQZi4c5h9JgEjq22&#10;I94l3Pe6yLK19uhYGjoc6KWj5nr49gbKZ0zupK/VpfiKb5Vbr3Dl3o15nE/7J1CJpvQv/nN/WPGV&#10;eVEWeS6b5ZLcAb39BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPN/HZ/EAAAA4gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" adj="-11796480,,5400" path="m,l2441362,v26420,,47838,21418,47838,47838l2489200,287020,,287020,,xe" fillcolor="#8a67ac" strokecolor="#8a67ac" strokeweight="1pt">
+                <v:stroke joinstyle="miter"/>
+                <v:formulas/>
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;2441362,0;2489200,47838;2489200,287020;0,287020;0,0" o:connectangles="0,0,0,0,0,0" textboxrect="0,0,2489200,287020"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="11F00ECF" w14:textId="77777777" w:rsidR="00E04DD9" w:rsidRPr="008A5A2C" w:rsidRDefault="00E04DD9" w:rsidP="00E04DD9">
+                      <w:pPr>
+                        <w:pStyle w:val="NoSpacing"/>
+                        <w:spacing w:before="0"/>
+                        <w:jc w:val="right"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008A5A2C">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t>Aspire</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008A5A2C">
+                        <w:t xml:space="preserve"> not to have more, but </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008A5A2C">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t>to be more</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+              <v:rect id="Rectangle 3" o:spid="_x0000_s1033" style="position:absolute;top:40259;width:76870;height:2032;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD2MX29zAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9fS8Mw&#10;FMXfBb9DuIJvLpn13+qyoVXHChPcJujeLs21LTY3JYlb/fZGEHw8nHN+hzOdD7YTe/KhdaxhPFIg&#10;iCtnWq41vG6fzm5AhIhssHNMGr4pwHx2fDTF3LgDr2m/ibVIEA45amhi7HMpQ9WQxTByPXHyPpy3&#10;GJP0tTQeDwluO3mu1JW02HJaaLCnoqHqc/NlNayK9/tCLd58KcvFy8OjK1f4vNP69GS4uwURaYj/&#10;4b/20mjIJpm6nlxcZvB7Kd0BOfsBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA9jF9vcwA&#10;AADiAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" fillcolor="#262a4e" stroked="f" strokeweight="1pt"/>
+              <w10:wrap type="through"/>
+            </v:group>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01B372B9" w14:textId="77777777" w:rsidR="00575BEB" w:rsidRDefault="00575BEB" w:rsidP="00BF3AC1">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="454290CA" w14:textId="77777777" w:rsidR="00A31069" w:rsidRDefault="00A31069" w:rsidP="00E533C1">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5706D398" w14:textId="77777777" w:rsidR="00575BEB" w:rsidRDefault="00575BEB" w:rsidP="00BF3AC1">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="5554563B" w14:textId="77777777" w:rsidR="00A31069" w:rsidRDefault="00A31069" w:rsidP="00E533C1">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="1E763539" w14:textId="77777777" w:rsidR="00021FC3" w:rsidRPr="00643D67" w:rsidRDefault="00021FC3" w:rsidP="00643D67">
+    <w:p w14:paraId="4AC70301" w14:textId="77777777" w:rsidR="004C322A" w:rsidRPr="00643D67" w:rsidRDefault="004C322A" w:rsidP="004C322A">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Article 9(1) GDPR sets out the special categories of personal data as follows: </w:t>
       </w:r>
       <w:r w:rsidRPr="00643D67">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>“personal data revealing racial or ethnic origin, political opinions, religious or philosophical beliefs, or trade union membership, and the processing of genetic data, biometric data for the purpose of uniquely identifying a natural person, data concerning health or data concerning a natural person’s sex life or sexual orientation….”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="15AA56F5" w14:textId="77777777" w:rsidR="000F6F48" w:rsidRDefault="000F6F48">
+  <w:p w14:paraId="5EBA1728" w14:textId="77777777" w:rsidR="00D5020C" w:rsidRDefault="00D5020C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
-  </w:p>
-[...6 lines deleted...]
-    <w:sdtPr>
+    <w:r>
       <w:rPr>
-        <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
-        <w:spacing w:val="60"/>
+        <w:noProof/>
       </w:rPr>
-      <w:id w:val="-1518139642"/>
-[...78 lines deleted...]
-    </w:pPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73C93722" wp14:editId="09551654">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-680484</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-278987</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1499191" cy="583019"/>
+          <wp:effectExtent l="0" t="0" r="6350" b="7620"/>
+          <wp:wrapThrough wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="1922" y="0"/>
+              <wp:lineTo x="275" y="4941"/>
+              <wp:lineTo x="275" y="9882"/>
+              <wp:lineTo x="1922" y="12000"/>
+              <wp:lineTo x="1922" y="21176"/>
+              <wp:lineTo x="21417" y="21176"/>
+              <wp:lineTo x="21417" y="11294"/>
+              <wp:lineTo x="13180" y="6353"/>
+              <wp:lineTo x="4668" y="0"/>
+              <wp:lineTo x="1922" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapThrough>
+          <wp:docPr id="1104741204" name="Picture 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1104741204" name="Picture 1104741204"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1499191" cy="583019"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1B4566B0"/>
+    <w:nsid w:val="05EB2698"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7C2E71AA"/>
+    <w:tmpl w:val="F090673E"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
@@ -14649,50 +8378,139 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21DF213D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AB9AE5D4"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DB0775E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E6A8ADE"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -14734,140 +8552,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="40DD26A1"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61F964EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8F009EBC"/>
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:tmpl w:val="15AA7D58"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:b w:val="0"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019">
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B">
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F">
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019">
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B">
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F">
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019">
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B">
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79115CF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1CAA20DC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="768" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1488" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14936,269 +8754,172 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5808" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6528" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1463040333">
+  <w:num w:numId="1" w16cid:durableId="771752699">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="378941660">
+  <w:num w:numId="2" w16cid:durableId="646863591">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1581477503">
+  <w:num w:numId="3" w16cid:durableId="303243881">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="361905588">
+  <w:num w:numId="4" w16cid:durableId="739399553">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="956183499">
     <w:abstractNumId w:val="3"/>
-    <w:lvlOverride w:ilvl="0">
-[...25 lines deleted...]
-    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1757047214">
+  <w:num w:numId="6" w16cid:durableId="738358739">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="0"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
+  <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A16C0F"/>
-[...104 lines deleted...]
-    <w:rsid w:val="00FE11E1"/>
+    <w:rsidRoot w:val="00A31069"/>
+    <w:rsid w:val="001B5602"/>
+    <w:rsid w:val="00265EFE"/>
+    <w:rsid w:val="00335055"/>
+    <w:rsid w:val="003A1B7B"/>
+    <w:rsid w:val="003D75C1"/>
+    <w:rsid w:val="004714C8"/>
+    <w:rsid w:val="004C322A"/>
+    <w:rsid w:val="005179C0"/>
+    <w:rsid w:val="00580FB3"/>
+    <w:rsid w:val="006F73D1"/>
+    <w:rsid w:val="007663EF"/>
+    <w:rsid w:val="007B471C"/>
+    <w:rsid w:val="007C78F1"/>
+    <w:rsid w:val="007E74C5"/>
+    <w:rsid w:val="008822F0"/>
+    <w:rsid w:val="008A5A2C"/>
+    <w:rsid w:val="009E6F29"/>
+    <w:rsid w:val="00A31069"/>
+    <w:rsid w:val="00AB21EF"/>
+    <w:rsid w:val="00BC00F2"/>
+    <w:rsid w:val="00BC5098"/>
+    <w:rsid w:val="00C96E15"/>
+    <w:rsid w:val="00D11A9A"/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rsid w:val="00D6632A"/>
+    <w:rsid w:val="00E04DD9"/>
+    <w:rsid w:val="00E47DF4"/>
+    <w:rsid w:val="00E533C1"/>
+    <w:rsid w:val="00FA384B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="30B189BC"/>
+  <w14:docId w14:val="53836CFA"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{23767BA7-C336-4FED-8149-6674466A7AF4}"/>
+  <w15:docId w15:val="{A48C0C66-0016-4460-9AEB-36D5363BC479}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:before="100" w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -15539,468 +9260,5492 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="8A67AC" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="24" w:space="0" w:color="8A67AC" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="24" w:space="0" w:color="8A67AC" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="24" w:space="0" w:color="8A67AC" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="8A67AC" w:themeFill="accent1"/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="E7E0EE" w:themeColor="accent1" w:themeTint="33"/>
+        <w:left w:val="single" w:sz="24" w:space="0" w:color="E7E0EE" w:themeColor="accent1" w:themeTint="33"/>
+        <w:bottom w:val="single" w:sz="24" w:space="0" w:color="E7E0EE" w:themeColor="accent1" w:themeTint="33"/>
+        <w:right w:val="single" w:sz="24" w:space="0" w:color="E7E0EE" w:themeColor="accent1" w:themeTint="33"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E7E0EE" w:themeFill="accent1" w:themeFillTint="33"/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="2" w:color="8A67AC" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="300" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="443058" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="dotted" w:sz="6" w:space="2" w:color="8A67AC" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="674885" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="8A67AC" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="674885" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="dotted" w:sz="6" w:space="1" w:color="8A67AC" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="674885" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="674885" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A16C0F"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D5020C"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:caps/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="8A67AC" w:themeFill="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="15"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E7E0EE" w:themeFill="accent1" w:themeFillTint="33"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="443058" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00A16C0F"/>
+    <w:rsid w:val="00D5020C"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:caps/>
+      <w:color w:val="674885" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="674885" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="674885" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="674885" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="8A67AC" w:themeColor="accent1"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="8A67AC" w:themeColor="accent1"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="500" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="3A53BC" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="3A53BC" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00A16C0F"/>
+    <w:rsid w:val="00E533C1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:color w:val="443058" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1080" w:right="1080"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="8A67AC" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:color w:val="8A67AC" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:color w:val="8A67AC" w:themeColor="accent1"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BF3AC1"/>
+    <w:rsid w:val="00E533C1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BF3AC1"/>
+    <w:rsid w:val="00E533C1"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BF3AC1"/>
+    <w:rsid w:val="00E533C1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BF3AC1"/>
+    <w:rsid w:val="00E533C1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="674885" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="443058" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleEmphasis">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="443058" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleReference">
+    <w:name w:val="Subtle Reference"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="8A67AC" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BookTitle">
+    <w:name w:val="Book Title"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D5020C"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00AD17A2"/>
+    <w:rsid w:val="00D5020C"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="table" w:styleId="ListTable2-Accent1">
+    <w:name w:val="List Table 2 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="47"/>
+    <w:rsid w:val="00D5020C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="B8A3CD" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8A3CD" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B8A3CD" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E7E0EE" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E7E0EE" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable4-Accent1">
+    <w:name w:val="List Table 4 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="00D5020C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="B8A3CD" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="B8A3CD" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8A3CD" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="B8A3CD" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B8A3CD" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="8A67AC" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="8A67AC" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8A67AC" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="8A67AC" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8A67AC" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="B8A3CD" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E7E0EE" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E7E0EE" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable5Dark-Accent1">
+    <w:name w:val="Grid Table 5 Dark Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="00BC00F2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E7E0EE" w:themeFill="accent1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8A67AC" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8A67AC" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8A67AC" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8A67AC" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D0C2DD" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D0C2DD" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007B471C"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable4-Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="004C322A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="B8A3CD" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="B8A3CD" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8A3CD" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="B8A3CD" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B8A3CD" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B8A3CD" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="8A67AC" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="8A67AC" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8A67AC" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="8A67AC" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8A67AC" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="8A67AC" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E7E0EE" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E7E0EE" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004C322A"/>
+    <w:rPr>
+      <w:color w:val="192451" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00643D67"/>
+    <w:rsid w:val="004C322A"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00643D67"/>
+    <w:rsid w:val="004C322A"/>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00643D67"/>
+    <w:rsid w:val="004C322A"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
-    </w:rPr>
-[...78 lines deleted...]
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/new-guidance-on-the-rehabilitation-of-offenders-act-1974" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image001.jpg@01DB9D74.566F6630" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ico.org.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@romerocat.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@wearehy.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ico.org.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@romerocat.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@wearehy.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/new-guidance-on-the-rehabilitation-of-offenders-act-1974" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\Helen%20Swinson\Romero%20Catholic%20Academy%20Trust\HR%20-%20Documents\General\Recruitment\1.%20Advertising\Application%20Forms\Application%20Form%20Template%20-%20Support%20Staff.dotx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FCB6248B87B04BD2976F39139C08FD0C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{78A341FB-A334-4F4B-9E74-D414A64FD81A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="FCB6248B87B04BD2976F39139C08FD0C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="525B6A3E4C574BCE85F47FE3D3707593"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{72F2CC03-87CD-4872-947D-0DDAAB3FB119}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="525B6A3E4C574BCE85F47FE3D3707593"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="835AE7BD76094241813F03C2F5B749C9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0F8C37DA-813A-43FF-9454-50F5545A63D6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="835AE7BD76094241813F03C2F5B749C9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="598F3CFC2BFE4D0EBD2A15986E5548A8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5F4E86F0-120F-4049-98F9-E2B6DC321BA9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="598F3CFC2BFE4D0EBD2A15986E5548A8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FAF6DB3669C649F6B9DC7B2DAF2856AB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B57EA49C-9B42-42BB-805B-7D77AF8B62C9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="FAF6DB3669C649F6B9DC7B2DAF2856AB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="574837CC484C4AE7886056698DA09FCF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8DF847FE-41AF-47D5-80F3-6564D9A8A5F1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="574837CC484C4AE7886056698DA09FCF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FF57DEC5ACE7419B9E53CED48A223B39"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AB5D9A98-8C27-4B4F-95BE-6E427D7E3F53}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="FF57DEC5ACE7419B9E53CED48A223B39"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3B0C65B8C1A2453392BE8A4335A27C3E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F226CABB-6711-4CBB-973A-8DD42D1558FE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="3B0C65B8C1A2453392BE8A4335A27C3E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="21E5A892F744467A9F4B1A8FD61661A4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1769DAF4-1C2A-4A1F-AE50-6D92C4EA6BD9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="21E5A892F744467A9F4B1A8FD61661A4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7ADB66A49D0B497A9F30BD876FD5544C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{ACCB0D1C-AEF4-46EA-8612-8CD768DCB9B7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="7ADB66A49D0B497A9F30BD876FD5544C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="37D0BD0DA06E4E64B6EDBDC40D13746A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{500A26D8-7F9F-46F5-ABEC-AD33FF4A4F89}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="37D0BD0DA06E4E64B6EDBDC40D13746A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6954392D478A4209823DB95B0D59778D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{425CCAC8-FC89-4A5E-BA69-91FBF37381C9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="6954392D478A4209823DB95B0D59778D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7FB133A739104872BF82C1D452E9CF76"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3B031E99-3491-4DBD-86CA-639AD51FF6D0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="7FB133A739104872BF82C1D452E9CF76"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8AD48E22AA5F4528864B07AE03C9D235"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{52F92CE7-EB30-4887-9BA7-92C5910CD0D3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="8AD48E22AA5F4528864B07AE03C9D235"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="96D50D62F91C4AFCB5C240E5F577081D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2D083CFC-D982-47CA-A8E0-6F524E51F3DF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="96D50D62F91C4AFCB5C240E5F577081D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="552D27624D61446DAB15C0D1737DE454"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{95BBF9D9-8888-42F2-A6E2-C32E57EDE120}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="552D27624D61446DAB15C0D1737DE454"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3389A9BAEE414EE084CD3D978536E2FE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{98157234-F865-4B20-94D6-8657C7A4CA29}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="3389A9BAEE414EE084CD3D978536E2FE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CCAFB85B537E4F1DA42DE06317260570"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A5BE15A0-89A8-42EC-B593-0EB0726ECCDB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="CCAFB85B537E4F1DA42DE06317260570"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FDDF7F066DCA4FE6A04B8D9D2212E813"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7F174B85-6FB2-4C58-9C4B-A276838EE8B4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="FDDF7F066DCA4FE6A04B8D9D2212E813"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="57E5394855E54F5ABF5C0C6A1BBA8760"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E7C50DA1-63A9-4B55-823D-B22ABA6F57CE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="57E5394855E54F5ABF5C0C6A1BBA8760"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3B4A88DD4612444A89AE6484D98CEB87"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{71E32416-50AD-462D-83AE-9E648A27BBC4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="3B4A88DD4612444A89AE6484D98CEB87"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4260A82BD46347419B1C1AD94F8C854C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7F76006E-E96A-459F-8C11-A06D2AE83A01}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="4260A82BD46347419B1C1AD94F8C854C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EF8B07528B894A1BB2488B66E56EDC82"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{23D8C034-A610-43C0-963F-F897FCD1FD8F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="EF8B07528B894A1BB2488B66E56EDC82"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="15516F15D0D640D78B17B4CBC77B8653"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{206DFBBC-FEEA-41D7-92D0-F44A9F96C2B9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="15516F15D0D640D78B17B4CBC77B8653"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D742CF329ABB44EC9B02CD591A8A8247"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{87259052-FF5D-4581-BF15-882BB94EC471}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="D742CF329ABB44EC9B02CD591A8A8247"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="07A24DCD06344FC1A28780FAF212EB86"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{96DAE120-C4BC-4FDC-9439-458BD819F852}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="07A24DCD06344FC1A28780FAF212EB86"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5487D93D86234BB79FF5597793275441"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B79A5793-3DEA-4033-A9C5-D1E384F11ABC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="5487D93D86234BB79FF5597793275441"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EFC7F64D3C364053BE966C1CDF264EF7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0AEABC0A-5CEB-4C3A-99AD-A5665180C83C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="EFC7F64D3C364053BE966C1CDF264EF7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9B61DDF86D2D446993A7C5625535D5A7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{48D2F5C6-046B-42D7-B30E-46C81FA13630}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="9B61DDF86D2D446993A7C5625535D5A7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4FB5EA57DCE942B482443B497F8F6DE2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8E597646-5494-4CE6-AC36-4936B143DA4D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="4FB5EA57DCE942B482443B497F8F6DE2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C7672C4286894739B1AE17D0735A2B96"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AD1E7159-303E-4F09-BF80-3A546C12E1CB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="C7672C4286894739B1AE17D0735A2B96"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1E872C8797454B3EA028C75E5643C663"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{626F7000-54E4-4774-9CA6-81BABA85819B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="1E872C8797454B3EA028C75E5643C663"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FB12E902258D412193783E998E5E230E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D3D677DF-CDAD-4964-AEC1-8F6847BC9EDE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="FB12E902258D412193783E998E5E230E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7D5EFE1C7C3248EEB1B882F569A6D951"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F6161A91-6F77-4B19-B923-940CC92B11AC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="7D5EFE1C7C3248EEB1B882F569A6D951"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FF1B058DC81C41DE829B73674C126529"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4328FAD4-DEF0-4F01-813D-7116DBEB6901}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="FF1B058DC81C41DE829B73674C126529"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="40FA38A2B938401D8F2CAE9AA89A4FD2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{615E0025-CAA3-4AF7-9EB8-B67011D825F4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="40FA38A2B938401D8F2CAE9AA89A4FD2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BE275957BF484D42BF10FE155EE14FBF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A37E242C-A376-4187-9CDF-6F7C358176CF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="BE275957BF484D42BF10FE155EE14FBF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1F41EB89D44E48BF98BD297C6452BC98"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{39AC29DA-825E-4547-B065-AFDCA721D8E7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="1F41EB89D44E48BF98BD297C6452BC98"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="052F29E5B55649AEA33E20CC71B8439E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F7971F51-783E-4482-A047-0808031DADAB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="052F29E5B55649AEA33E20CC71B8439E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2CE9972A13994B6E94ECCE41F7CA35A8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9196A963-2A7D-423F-9348-B21DFE378402}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="2CE9972A13994B6E94ECCE41F7CA35A8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4D4051D5CC4B4CBCB7484695D69730BD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CA90EC07-09CF-4570-A6B4-D7C6F58EF263}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="4D4051D5CC4B4CBCB7484695D69730BD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7FA0F228657A4E729BD59F1C44CA9E8F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E5D50671-5DB6-4A5D-8228-DC70790DC46C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="7FA0F228657A4E729BD59F1C44CA9E8F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="44BAABC1065F488797CCAA9778CFF1B1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A52A307C-1263-4ABE-8EB8-650057573694}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="44BAABC1065F488797CCAA9778CFF1B1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="58DC33E96C4A4E0A8754D453B8EDC760"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{700B2435-2C58-4384-851D-1D9B5D587FB9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="58DC33E96C4A4E0A8754D453B8EDC760"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="20DF7453D41347D783E904107B31E22D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8DB8267E-3154-40BC-B788-612E8E6B2499}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="20DF7453D41347D783E904107B31E22D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="253B41E6160D41579E150686B4731FB4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5CDB4395-5F15-45EC-8FE0-DBCA7DBBE790}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="253B41E6160D41579E150686B4731FB4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="913DC2A27BA34C5CBEA7F9893874C746"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3CC02E7D-D0E3-4993-805A-0757EBF68484}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="913DC2A27BA34C5CBEA7F9893874C746"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BB2A1951F48F4DBB81841D772FD215F8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{07AFDC5E-AF2B-4790-83B1-DC56DCC92DE9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="BB2A1951F48F4DBB81841D772FD215F8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D8894F656C344625A83A5644E6E24F54"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4CE4BA0E-8F4F-421D-809B-95E00E098485}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="D8894F656C344625A83A5644E6E24F54"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4714A94D49FE44DE8D43E7BD5F5617A1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{40BC6180-2650-4287-8B83-C150A65F57DD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="4714A94D49FE44DE8D43E7BD5F5617A1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C26E6DBBF68242A7B2E433A6D8F6AA7D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{30BE322D-D9C3-4801-8F7F-A969C9DFDC9F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="C26E6DBBF68242A7B2E433A6D8F6AA7D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DBEC62F5FE434AB98C1036BB6D910169"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{89082993-B854-4A0B-A6B4-669BDCDC3C7B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="DBEC62F5FE434AB98C1036BB6D910169"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="965A5AB6C79140559D4A8EA79263B43F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FAE6AC6F-984B-4D7F-A7C3-373C83CF150A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="965A5AB6C79140559D4A8EA79263B43F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="88B14A5BBB4349618A8A0DC92F6F92A8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{95F2EEE8-8173-4C60-B1D7-002710ECFB5F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="88B14A5BBB4349618A8A0DC92F6F92A8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C79B9B40D28146D588299F19643E4694"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CBE11E2F-19CD-41E6-83AD-392D2DCC1333}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="C79B9B40D28146D588299F19643E4694"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F9F712976E0F49B88EDC5666178413BA"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E01188C5-3AF2-4882-A28B-B268871DF6AD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="F9F712976E0F49B88EDC5666178413BA"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3AB0E8552A614010AF45C61AABEDC331"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B67638B5-F031-4C7A-8E0A-CFFD839F204E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="3AB0E8552A614010AF45C61AABEDC331"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8C01BBA81D6244D0A721357F2E4F9DDC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5A5F27FE-2787-42E5-BBE5-06E3E53561B7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="8C01BBA81D6244D0A721357F2E4F9DDC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DC256838B1A24D07AE25910DCBD0FEFC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9F69AA08-D976-44AC-82F0-C61E472453C2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="DC256838B1A24D07AE25910DCBD0FEFC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="810B4F06901F4A6183704375DAF12E94"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E9FE2327-C2EF-4E3B-B203-87ADEDB8DC6F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="810B4F06901F4A6183704375DAF12E94"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="293074B78127417F9CAC24B20EBE69D9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D6AD60C1-A9B8-466F-8C21-0A0DC8C50211}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="293074B78127417F9CAC24B20EBE69D9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="13001FD224A44A06A2C70B39E59CDE4E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E226F45A-0930-4E17-A861-63402A833989}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="13001FD224A44A06A2C70B39E59CDE4E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1CCF9237792C4093961981AE97D83249"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{48FB31D3-8026-4CAC-A87C-6EB751879098}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="1CCF9237792C4093961981AE97D83249"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="87E853F28D384B5F8705D0E6E9CF7354"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BE84B081-9C97-4F98-8946-7AC2F6BF8185}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="87E853F28D384B5F8705D0E6E9CF7354"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1E47C407E86140A3AF03656164FC03A2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{275217AD-8415-43FE-AA84-E023A8C40D3D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="1E47C407E86140A3AF03656164FC03A2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="287B2063864C40B2AD015C3205054206"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1BFA6172-BC16-45C8-80D1-9273CAA5368A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="287B2063864C40B2AD015C3205054206"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="625255A9C429458D84ACC28925274AFC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2E57CF78-7A2F-4563-98EB-D812B8BCDDF7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="625255A9C429458D84ACC28925274AFC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="63A37A1378294F8883C2413FE908230B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4C4589F5-62F6-4D0D-847D-E3788CBD2444}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="63A37A1378294F8883C2413FE908230B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="17357947C6D24F58A236F4FA712435C1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FC4017DF-FA93-4431-9657-38D86D976743}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="17357947C6D24F58A236F4FA712435C1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C088EDADD81E4329B925D266873D341A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3338041E-51ED-4A2F-A5E9-04C35D47B5BD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="C088EDADD81E4329B925D266873D341A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9E8F9E45965E45C69BADFCF982D2D8CE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3B50B73A-2872-4E77-8316-E4AFBFABAC08}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="9E8F9E45965E45C69BADFCF982D2D8CE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5A85354E23B4499EAD5F5D66BBB6D1F3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F6C81552-D6E3-4954-A757-FCDEB0ADB06C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="5A85354E23B4499EAD5F5D66BBB6D1F3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4B5763DCF6EB4A478D9E156DC746D51D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5E91E0B2-384E-4247-AEE8-AB636E53C391}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="4B5763DCF6EB4A478D9E156DC746D51D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6CCC8EBE2C4A472DA5052E7DFCF09C3C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E62335B3-B153-410A-B656-F7F824C56C64}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="6CCC8EBE2C4A472DA5052E7DFCF09C3C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3C239DC4A1314768AD3704320C8C71E9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{66199A5A-1D9E-4878-A423-89DC2C1CD521}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="3C239DC4A1314768AD3704320C8C71E9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="20F6A54ABFEB44E59F23930147319005"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D1C277D3-C0BE-46B5-B1DD-D39819EA51F8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="20F6A54ABFEB44E59F23930147319005"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7E4A26D005C6445B9998C3C0CAF47581"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7D5E6E11-4A26-4AEC-B3C1-EFEEE3498E46}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="7E4A26D005C6445B9998C3C0CAF47581"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CB9A854083984324877BF4DD88AFE22A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1DC1EBD2-CA25-4F3C-8395-CB8B93153286}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="CB9A854083984324877BF4DD88AFE22A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6CBCA0122F1740238CCA69643F05BA55"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0E808723-44DA-4108-B2A7-501C7720860D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="6CBCA0122F1740238CCA69643F05BA55"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A8C9D8A609AF4496AB8FAE9E8EDBFADA"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{53A928AA-F6F6-4954-99BE-1AD6400AEB49}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="A8C9D8A609AF4496AB8FAE9E8EDBFADA"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7FAD423356914A07B4F75CEE35087CC1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A007482E-06FC-4946-A319-EE64E4E9D16E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="7FAD423356914A07B4F75CEE35087CC1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C1623BDBD1E143AFAE6D56B364910521"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FD80AEEE-AD9C-4D5F-BCB1-6B82FAF676AA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="C1623BDBD1E143AFAE6D56B364910521"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D79687A5B0AF459E98D03FB7D15289DB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FBC28BD0-EF14-4D74-8CBD-E1BCE8271335}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="D79687A5B0AF459E98D03FB7D15289DB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="14A5428BB074432489AB7A636C5FF10E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BA60BF0B-88BD-42AA-A49D-872482E7D443}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="14A5428BB074432489AB7A636C5FF10E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1B5C2566882641358522C0A907BC511D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{57171C04-AB3E-4243-BAB6-051F79CFAEE9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="1B5C2566882641358522C0A907BC511D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="626BE00607014B249592FD45AC444AE3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{75029146-5740-4C81-97F1-804604DE6AD6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="626BE00607014B249592FD45AC444AE3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="095DB7A97AA74A7DAFDA9477D656D7AB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F7BC22A3-7E40-4C7A-8D67-ECBBE6F33176}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="095DB7A97AA74A7DAFDA9477D656D7AB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3DA74678FDB14CD0A7E045D792DEE9B2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C3D71558-C604-4F1B-9A43-EB533829BE22}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="3DA74678FDB14CD0A7E045D792DEE9B2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="76FEB59599E448A8ABA1B62479B47060"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DD2FB412-BD50-4A56-A6D9-6CCACE353FF4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="76FEB59599E448A8ABA1B62479B47060"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="73315934BB2A4C5BAD6BF4DD5E434434"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{964DC374-093D-4518-A70B-9040C0C96112}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="73315934BB2A4C5BAD6BF4DD5E434434"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="653A67457FAC4D87840082B405EEF128"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4BDC8A99-4B2A-4B7E-81EE-5F27DBD98CA7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="653A67457FAC4D87840082B405EEF128"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="281A930DAEB14557999A792458CEDDFE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FE5ABFE3-A858-4609-B2EB-525CA0D3372A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="281A930DAEB14557999A792458CEDDFE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BAD17744DEED4A34B241B88F8D99E4D3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A63F1B91-94E2-4443-977A-DA274AD536B7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="BAD17744DEED4A34B241B88F8D99E4D3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="24365378F342423390BA71496658EE13"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1F52301C-0047-4719-9F50-E7685B0B5852}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="24365378F342423390BA71496658EE13"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DE22E0178BAE4EA29246CF3AB10CE1FF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E3701454-7DB0-4F74-91E6-89EE8281EAC8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="DE22E0178BAE4EA29246CF3AB10CE1FF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B801AB9E34724B6DAD58064DB7553FDD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F29914E2-7160-40E1-BD71-C9B874C41280}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="B801AB9E34724B6DAD58064DB7553FDD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="78B3860B651241C089BD1F67F0376358"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{70DF6393-5994-48B6-A603-A79BCDB2BD83}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="78B3860B651241C089BD1F67F0376358"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="86D7232B35414431AC09E74AD091BCC4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{072840D7-40CF-4C14-BF6C-96ECC9D6E766}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="86D7232B35414431AC09E74AD091BCC4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="55BE5023729E403FB10C1BBA66872E2B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F7484BEE-48E0-4CA0-B85F-55D0C19656C7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="55BE5023729E403FB10C1BBA66872E2B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3EE111E97E6040018085895BFB620C60"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DC7326BD-69B5-4E3B-AAD7-03210CF6B591}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="3EE111E97E6040018085895BFB620C60"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="510623474EB54921873F0C0E5E4F1760"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B0D22781-3866-4355-AD65-D842FFE0BA67}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="510623474EB54921873F0C0E5E4F1760"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CBD3C9A0C33E473C9C395DB56B7C137F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{27D3F7CA-4C45-4A4B-A8AC-D54B93B37385}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="CBD3C9A0C33E473C9C395DB56B7C137F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9F0C8BEBD2354B4583B336B13A19DDC2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B9A4B168-D730-4174-8DE8-5DFA5A7CBC93}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="9F0C8BEBD2354B4583B336B13A19DDC2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="92C560C069EA49238D7DD4A390E92E1F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A6E662B0-3A2B-435F-85C1-8C4898AA34F0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="92C560C069EA49238D7DD4A390E92E1F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F5F6D28665D946E3916B10DA946679C2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{43284251-7CA4-41F8-A4EE-6E39933C6A34}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="F5F6D28665D946E3916B10DA946679C2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1E0F1295EE004D4B92A4A345ED731D0E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{78E8772B-C2AE-45E1-9374-8EA50F4D0E8A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="1E0F1295EE004D4B92A4A345ED731D0E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E62C2589984647ABA3F4EB8407D04311"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C7E9D338-0BE9-49A2-837D-E72D9A1652B9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="E62C2589984647ABA3F4EB8407D04311"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="919A58EFA96D4769B24483EB4DD25BB9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{463E7166-0ABB-40BF-B542-4DD902C62E5E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="919A58EFA96D4769B24483EB4DD25BB9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BF9A805EC33646F79A3C96EB792BE376"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{415DBBF3-0DC4-42C8-9597-32B649A541F6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="BF9A805EC33646F79A3C96EB792BE376"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0C0BF23ED30C487AB1FDBBEF21A3E45C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7895BC18-3673-4FBC-81BA-37761CA80FA9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="0C0BF23ED30C487AB1FDBBEF21A3E45C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0510FF2A03224087B4DEE21275BD6A80"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BBBF4CBE-2FB4-44F4-951B-7F49E13A55A5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="0510FF2A03224087B4DEE21275BD6A80"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8C0DA28ECBF34B5FA8C0CDF3503D2453"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{326C2C9B-E73F-4DC5-93BA-154C6F0980C0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="8C0DA28ECBF34B5FA8C0CDF3503D2453"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="ABDFFEA877E34B40B272AE275B915550"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6114AB52-CD09-4F2C-8311-E16E2FECF717}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="ABDFFEA877E34B40B272AE275B915550"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="462A0C37926C4E92BEACD368B1F15EE9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9BB1D2F6-FB9A-4E9B-87E6-9045539D5744}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="462A0C37926C4E92BEACD368B1F15EE9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="774E86DB01FC4503B53C51FA4AA4B3A9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3F0E9CEA-B488-4FBA-B0C2-D243A592B437}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="774E86DB01FC4503B53C51FA4AA4B3A9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C7D5E2F7A183463DBD9A731A3BD326FE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E2601314-DCD7-43FF-8193-1BA864D000B9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="C7D5E2F7A183463DBD9A731A3BD326FE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="460BA38DAC354FA99998AAD9924B276A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2FC0076E-E2E2-484C-A03D-ECB1A44B18D5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007C3063" w:rsidRDefault="007C3063">
+          <w:pPr>
+            <w:pStyle w:val="460BA38DAC354FA99998AAD9924B276A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00545EDB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="007C3063"/>
+    <w:rsid w:val="007C3063"/>
+    <w:rsid w:val="00E47DF4"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-GB"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FCB6248B87B04BD2976F39139C08FD0C">
+    <w:name w:val="FCB6248B87B04BD2976F39139C08FD0C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="525B6A3E4C574BCE85F47FE3D3707593">
+    <w:name w:val="525B6A3E4C574BCE85F47FE3D3707593"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="835AE7BD76094241813F03C2F5B749C9">
+    <w:name w:val="835AE7BD76094241813F03C2F5B749C9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="598F3CFC2BFE4D0EBD2A15986E5548A8">
+    <w:name w:val="598F3CFC2BFE4D0EBD2A15986E5548A8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FAF6DB3669C649F6B9DC7B2DAF2856AB">
+    <w:name w:val="FAF6DB3669C649F6B9DC7B2DAF2856AB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="574837CC484C4AE7886056698DA09FCF">
+    <w:name w:val="574837CC484C4AE7886056698DA09FCF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FF57DEC5ACE7419B9E53CED48A223B39">
+    <w:name w:val="FF57DEC5ACE7419B9E53CED48A223B39"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B0C65B8C1A2453392BE8A4335A27C3E">
+    <w:name w:val="3B0C65B8C1A2453392BE8A4335A27C3E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21E5A892F744467A9F4B1A8FD61661A4">
+    <w:name w:val="21E5A892F744467A9F4B1A8FD61661A4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7ADB66A49D0B497A9F30BD876FD5544C">
+    <w:name w:val="7ADB66A49D0B497A9F30BD876FD5544C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="37D0BD0DA06E4E64B6EDBDC40D13746A">
+    <w:name w:val="37D0BD0DA06E4E64B6EDBDC40D13746A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6954392D478A4209823DB95B0D59778D">
+    <w:name w:val="6954392D478A4209823DB95B0D59778D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7FB133A739104872BF82C1D452E9CF76">
+    <w:name w:val="7FB133A739104872BF82C1D452E9CF76"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8AD48E22AA5F4528864B07AE03C9D235">
+    <w:name w:val="8AD48E22AA5F4528864B07AE03C9D235"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="96D50D62F91C4AFCB5C240E5F577081D">
+    <w:name w:val="96D50D62F91C4AFCB5C240E5F577081D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="552D27624D61446DAB15C0D1737DE454">
+    <w:name w:val="552D27624D61446DAB15C0D1737DE454"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3389A9BAEE414EE084CD3D978536E2FE">
+    <w:name w:val="3389A9BAEE414EE084CD3D978536E2FE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CCAFB85B537E4F1DA42DE06317260570">
+    <w:name w:val="CCAFB85B537E4F1DA42DE06317260570"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FDDF7F066DCA4FE6A04B8D9D2212E813">
+    <w:name w:val="FDDF7F066DCA4FE6A04B8D9D2212E813"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="57E5394855E54F5ABF5C0C6A1BBA8760">
+    <w:name w:val="57E5394855E54F5ABF5C0C6A1BBA8760"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B4A88DD4612444A89AE6484D98CEB87">
+    <w:name w:val="3B4A88DD4612444A89AE6484D98CEB87"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4260A82BD46347419B1C1AD94F8C854C">
+    <w:name w:val="4260A82BD46347419B1C1AD94F8C854C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EF8B07528B894A1BB2488B66E56EDC82">
+    <w:name w:val="EF8B07528B894A1BB2488B66E56EDC82"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15516F15D0D640D78B17B4CBC77B8653">
+    <w:name w:val="15516F15D0D640D78B17B4CBC77B8653"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D742CF329ABB44EC9B02CD591A8A8247">
+    <w:name w:val="D742CF329ABB44EC9B02CD591A8A8247"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="07A24DCD06344FC1A28780FAF212EB86">
+    <w:name w:val="07A24DCD06344FC1A28780FAF212EB86"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5487D93D86234BB79FF5597793275441">
+    <w:name w:val="5487D93D86234BB79FF5597793275441"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EFC7F64D3C364053BE966C1CDF264EF7">
+    <w:name w:val="EFC7F64D3C364053BE966C1CDF264EF7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9B61DDF86D2D446993A7C5625535D5A7">
+    <w:name w:val="9B61DDF86D2D446993A7C5625535D5A7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4FB5EA57DCE942B482443B497F8F6DE2">
+    <w:name w:val="4FB5EA57DCE942B482443B497F8F6DE2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C7672C4286894739B1AE17D0735A2B96">
+    <w:name w:val="C7672C4286894739B1AE17D0735A2B96"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E872C8797454B3EA028C75E5643C663">
+    <w:name w:val="1E872C8797454B3EA028C75E5643C663"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB12E902258D412193783E998E5E230E">
+    <w:name w:val="FB12E902258D412193783E998E5E230E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7D5EFE1C7C3248EEB1B882F569A6D951">
+    <w:name w:val="7D5EFE1C7C3248EEB1B882F569A6D951"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FF1B058DC81C41DE829B73674C126529">
+    <w:name w:val="FF1B058DC81C41DE829B73674C126529"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="40FA38A2B938401D8F2CAE9AA89A4FD2">
+    <w:name w:val="40FA38A2B938401D8F2CAE9AA89A4FD2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BE275957BF484D42BF10FE155EE14FBF">
+    <w:name w:val="BE275957BF484D42BF10FE155EE14FBF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1F41EB89D44E48BF98BD297C6452BC98">
+    <w:name w:val="1F41EB89D44E48BF98BD297C6452BC98"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="052F29E5B55649AEA33E20CC71B8439E">
+    <w:name w:val="052F29E5B55649AEA33E20CC71B8439E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2CE9972A13994B6E94ECCE41F7CA35A8">
+    <w:name w:val="2CE9972A13994B6E94ECCE41F7CA35A8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4D4051D5CC4B4CBCB7484695D69730BD">
+    <w:name w:val="4D4051D5CC4B4CBCB7484695D69730BD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7FA0F228657A4E729BD59F1C44CA9E8F">
+    <w:name w:val="7FA0F228657A4E729BD59F1C44CA9E8F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="44BAABC1065F488797CCAA9778CFF1B1">
+    <w:name w:val="44BAABC1065F488797CCAA9778CFF1B1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="58DC33E96C4A4E0A8754D453B8EDC760">
+    <w:name w:val="58DC33E96C4A4E0A8754D453B8EDC760"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="20DF7453D41347D783E904107B31E22D">
+    <w:name w:val="20DF7453D41347D783E904107B31E22D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="253B41E6160D41579E150686B4731FB4">
+    <w:name w:val="253B41E6160D41579E150686B4731FB4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="913DC2A27BA34C5CBEA7F9893874C746">
+    <w:name w:val="913DC2A27BA34C5CBEA7F9893874C746"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BB2A1951F48F4DBB81841D772FD215F8">
+    <w:name w:val="BB2A1951F48F4DBB81841D772FD215F8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D8894F656C344625A83A5644E6E24F54">
+    <w:name w:val="D8894F656C344625A83A5644E6E24F54"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4714A94D49FE44DE8D43E7BD5F5617A1">
+    <w:name w:val="4714A94D49FE44DE8D43E7BD5F5617A1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C26E6DBBF68242A7B2E433A6D8F6AA7D">
+    <w:name w:val="C26E6DBBF68242A7B2E433A6D8F6AA7D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DBEC62F5FE434AB98C1036BB6D910169">
+    <w:name w:val="DBEC62F5FE434AB98C1036BB6D910169"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="965A5AB6C79140559D4A8EA79263B43F">
+    <w:name w:val="965A5AB6C79140559D4A8EA79263B43F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="88B14A5BBB4349618A8A0DC92F6F92A8">
+    <w:name w:val="88B14A5BBB4349618A8A0DC92F6F92A8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C79B9B40D28146D588299F19643E4694">
+    <w:name w:val="C79B9B40D28146D588299F19643E4694"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F9F712976E0F49B88EDC5666178413BA">
+    <w:name w:val="F9F712976E0F49B88EDC5666178413BA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3AB0E8552A614010AF45C61AABEDC331">
+    <w:name w:val="3AB0E8552A614010AF45C61AABEDC331"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8C01BBA81D6244D0A721357F2E4F9DDC">
+    <w:name w:val="8C01BBA81D6244D0A721357F2E4F9DDC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DC256838B1A24D07AE25910DCBD0FEFC">
+    <w:name w:val="DC256838B1A24D07AE25910DCBD0FEFC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="810B4F06901F4A6183704375DAF12E94">
+    <w:name w:val="810B4F06901F4A6183704375DAF12E94"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="293074B78127417F9CAC24B20EBE69D9">
+    <w:name w:val="293074B78127417F9CAC24B20EBE69D9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13001FD224A44A06A2C70B39E59CDE4E">
+    <w:name w:val="13001FD224A44A06A2C70B39E59CDE4E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1CCF9237792C4093961981AE97D83249">
+    <w:name w:val="1CCF9237792C4093961981AE97D83249"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="87E853F28D384B5F8705D0E6E9CF7354">
+    <w:name w:val="87E853F28D384B5F8705D0E6E9CF7354"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E47C407E86140A3AF03656164FC03A2">
+    <w:name w:val="1E47C407E86140A3AF03656164FC03A2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="287B2063864C40B2AD015C3205054206">
+    <w:name w:val="287B2063864C40B2AD015C3205054206"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="625255A9C429458D84ACC28925274AFC">
+    <w:name w:val="625255A9C429458D84ACC28925274AFC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="63A37A1378294F8883C2413FE908230B">
+    <w:name w:val="63A37A1378294F8883C2413FE908230B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="17357947C6D24F58A236F4FA712435C1">
+    <w:name w:val="17357947C6D24F58A236F4FA712435C1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C088EDADD81E4329B925D266873D341A">
+    <w:name w:val="C088EDADD81E4329B925D266873D341A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9E8F9E45965E45C69BADFCF982D2D8CE">
+    <w:name w:val="9E8F9E45965E45C69BADFCF982D2D8CE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5A85354E23B4499EAD5F5D66BBB6D1F3">
+    <w:name w:val="5A85354E23B4499EAD5F5D66BBB6D1F3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4B5763DCF6EB4A478D9E156DC746D51D">
+    <w:name w:val="4B5763DCF6EB4A478D9E156DC746D51D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6CCC8EBE2C4A472DA5052E7DFCF09C3C">
+    <w:name w:val="6CCC8EBE2C4A472DA5052E7DFCF09C3C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3C239DC4A1314768AD3704320C8C71E9">
+    <w:name w:val="3C239DC4A1314768AD3704320C8C71E9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="20F6A54ABFEB44E59F23930147319005">
+    <w:name w:val="20F6A54ABFEB44E59F23930147319005"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7E4A26D005C6445B9998C3C0CAF47581">
+    <w:name w:val="7E4A26D005C6445B9998C3C0CAF47581"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CB9A854083984324877BF4DD88AFE22A">
+    <w:name w:val="CB9A854083984324877BF4DD88AFE22A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6CBCA0122F1740238CCA69643F05BA55">
+    <w:name w:val="6CBCA0122F1740238CCA69643F05BA55"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A8C9D8A609AF4496AB8FAE9E8EDBFADA">
+    <w:name w:val="A8C9D8A609AF4496AB8FAE9E8EDBFADA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7FAD423356914A07B4F75CEE35087CC1">
+    <w:name w:val="7FAD423356914A07B4F75CEE35087CC1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C1623BDBD1E143AFAE6D56B364910521">
+    <w:name w:val="C1623BDBD1E143AFAE6D56B364910521"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D79687A5B0AF459E98D03FB7D15289DB">
+    <w:name w:val="D79687A5B0AF459E98D03FB7D15289DB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14A5428BB074432489AB7A636C5FF10E">
+    <w:name w:val="14A5428BB074432489AB7A636C5FF10E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1B5C2566882641358522C0A907BC511D">
+    <w:name w:val="1B5C2566882641358522C0A907BC511D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="626BE00607014B249592FD45AC444AE3">
+    <w:name w:val="626BE00607014B249592FD45AC444AE3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="095DB7A97AA74A7DAFDA9477D656D7AB">
+    <w:name w:val="095DB7A97AA74A7DAFDA9477D656D7AB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3DA74678FDB14CD0A7E045D792DEE9B2">
+    <w:name w:val="3DA74678FDB14CD0A7E045D792DEE9B2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="76FEB59599E448A8ABA1B62479B47060">
+    <w:name w:val="76FEB59599E448A8ABA1B62479B47060"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="73315934BB2A4C5BAD6BF4DD5E434434">
+    <w:name w:val="73315934BB2A4C5BAD6BF4DD5E434434"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="653A67457FAC4D87840082B405EEF128">
+    <w:name w:val="653A67457FAC4D87840082B405EEF128"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="281A930DAEB14557999A792458CEDDFE">
+    <w:name w:val="281A930DAEB14557999A792458CEDDFE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BAD17744DEED4A34B241B88F8D99E4D3">
+    <w:name w:val="BAD17744DEED4A34B241B88F8D99E4D3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="24365378F342423390BA71496658EE13">
+    <w:name w:val="24365378F342423390BA71496658EE13"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DE22E0178BAE4EA29246CF3AB10CE1FF">
+    <w:name w:val="DE22E0178BAE4EA29246CF3AB10CE1FF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B801AB9E34724B6DAD58064DB7553FDD">
+    <w:name w:val="B801AB9E34724B6DAD58064DB7553FDD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="78B3860B651241C089BD1F67F0376358">
+    <w:name w:val="78B3860B651241C089BD1F67F0376358"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="86D7232B35414431AC09E74AD091BCC4">
+    <w:name w:val="86D7232B35414431AC09E74AD091BCC4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="55BE5023729E403FB10C1BBA66872E2B">
+    <w:name w:val="55BE5023729E403FB10C1BBA66872E2B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3EE111E97E6040018085895BFB620C60">
+    <w:name w:val="3EE111E97E6040018085895BFB620C60"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="510623474EB54921873F0C0E5E4F1760">
+    <w:name w:val="510623474EB54921873F0C0E5E4F1760"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CBD3C9A0C33E473C9C395DB56B7C137F">
+    <w:name w:val="CBD3C9A0C33E473C9C395DB56B7C137F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9F0C8BEBD2354B4583B336B13A19DDC2">
+    <w:name w:val="9F0C8BEBD2354B4583B336B13A19DDC2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="92C560C069EA49238D7DD4A390E92E1F">
+    <w:name w:val="92C560C069EA49238D7DD4A390E92E1F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F5F6D28665D946E3916B10DA946679C2">
+    <w:name w:val="F5F6D28665D946E3916B10DA946679C2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E0F1295EE004D4B92A4A345ED731D0E">
+    <w:name w:val="1E0F1295EE004D4B92A4A345ED731D0E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E62C2589984647ABA3F4EB8407D04311">
+    <w:name w:val="E62C2589984647ABA3F4EB8407D04311"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="919A58EFA96D4769B24483EB4DD25BB9">
+    <w:name w:val="919A58EFA96D4769B24483EB4DD25BB9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BF9A805EC33646F79A3C96EB792BE376">
+    <w:name w:val="BF9A805EC33646F79A3C96EB792BE376"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0C0BF23ED30C487AB1FDBBEF21A3E45C">
+    <w:name w:val="0C0BF23ED30C487AB1FDBBEF21A3E45C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0510FF2A03224087B4DEE21275BD6A80">
+    <w:name w:val="0510FF2A03224087B4DEE21275BD6A80"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8C0DA28ECBF34B5FA8C0CDF3503D2453">
+    <w:name w:val="8C0DA28ECBF34B5FA8C0CDF3503D2453"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABDFFEA877E34B40B272AE275B915550">
+    <w:name w:val="ABDFFEA877E34B40B272AE275B915550"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="462A0C37926C4E92BEACD368B1F15EE9">
+    <w:name w:val="462A0C37926C4E92BEACD368B1F15EE9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="774E86DB01FC4503B53C51FA4AA4B3A9">
+    <w:name w:val="774E86DB01FC4503B53C51FA4AA4B3A9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C7D5E2F7A183463DBD9A731A3BD326FE">
+    <w:name w:val="C7D5E2F7A183463DBD9A731A3BD326FE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="460BA38DAC354FA99998AAD9924B276A">
+    <w:name w:val="460BA38DAC354FA99998AAD9924B276A"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Romero">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="192451"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="632E62"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EAE5EB"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="8A67AC"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="9B57D3"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="8A67AC"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="192451"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="7F7F7F"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="7F7F7F"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="192451"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="666699"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Romero">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -16117,54 +14862,50 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="206ce881-be1e-441b-ae2c-eb88f331290e" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="cfee2959-4698-4456-a2e1-35f22e17622d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DC8A17F13CB6A04CA1911D4214735662" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e6c3912027ae6cd1c359098942484477">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="cfee2959-4698-4456-a2e1-35f22e17622d" xmlns:ns3="206ce881-be1e-441b-ae2c-eb88f331290e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="37ba90eb2d815b7334a61f07a09745c8" ns2:_="" ns3:_="">
     <xsd:import namespace="cfee2959-4698-4456-a2e1-35f22e17622d"/>
     <xsd:import namespace="206ce881-be1e-441b-ae2c-eb88f331290e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
@@ -16378,142 +15119,120 @@
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA38F955-569B-4886-9291-D7C16C83D144}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6ECF7920-4FD0-4BEF-B627-30BA2BF2B0E0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="206ce881-be1e-441b-ae2c-eb88f331290e"/>
     <ds:schemaRef ds:uri="cfee2959-4698-4456-a2e1-35f22e17622d"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6E50F1A-1151-4D58-A189-BA2D314655B7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6755A553-838E-46CA-B0D9-BEC50671DFB2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="cfee2959-4698-4456-a2e1-35f22e17622d"/>
     <ds:schemaRef ds:uri="206ce881-be1e-441b-ae2c-eb88f331290e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1440329A-7AD0-488F-9DE0-F1D62E33D2D7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C744093B-7C1A-42FF-B17E-4C003306B973}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Application Form Template - Support Staff</Template>
   <TotalTime></TotalTime>
-  <Pages>17</Pages>
-[...1 lines deleted...]
-  <Characters>16684</Characters>
+  <Pages>15</Pages>
+  <Words>3236</Words>
+  <Characters>18446</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>139</Lines>
-  <Paragraphs>39</Paragraphs>
+  <Lines>153</Lines>
+  <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19572</CharactersWithSpaces>
+  <CharactersWithSpaces>21639</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Keri Goddard</dc:creator>
+  <dc:creator>Helen Swinson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DC8A17F13CB6A04CA1911D4214735662</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
-[...1 lines deleted...]
-  </property>
 </Properties>
 </file>